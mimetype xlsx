--- v0 (2025-10-12)
+++ v1 (2026-02-05)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3376" uniqueCount="1559">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4232" uniqueCount="1908">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -3115,91 +3115,426 @@
   <si>
     <t>Implantação de travessia elevada na Avenida Dom Pedro II, próxima a Igreja Adventista, a fim de trazer maior segurança para os moradores da região e frequentadores da referida igreja.</t>
   </si>
   <si>
     <t>1451</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1451/indicacao_253_2025.pdf</t>
   </si>
   <si>
     <t>Solicitamos a regularização da numeração predial da Rua Pedro Augusto Bossardi, no Bairro Jardim Menino Deus, Quatro Barras - PR, pois a numeração atual está irregular e desconexa, prejudicando a localização e a prestação de serviços.</t>
   </si>
   <si>
     <t>1453</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>Que seja feita uma mureta no estacionamento do CMEI Tia Elenai na divisa com a igreja católica que fica atrás do local</t>
   </si>
   <si>
+    <t>1454</t>
+  </si>
+  <si>
+    <t>255</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1454/indicacao_255_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que a Prefeitura Municipal, por meio dos órgãos competentes, realize, se possível em parceria com a Polícia Civil e PROCON Paraná, vistoria nos estabelecimentos comerciais que comercializam bebidas alcoólicas no município de Quatro Barras, para fins de identificação da procedência dos produtos que estão sendo vendidos nestes estabelecimentos, a fim de evitar a contaminação de alguma pessoa pela ingestão de metanol.</t>
+  </si>
+  <si>
+    <t>1457</t>
+  </si>
+  <si>
+    <t>256</t>
+  </si>
+  <si>
+    <t>ANTONIO CEZAR CREPLIVE (TOTÓ)</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1457/256.pdf</t>
+  </si>
+  <si>
+    <t>Redução de impostos e taxas para o bairro Jardim Menino Deus._x000D_
+Indica ao Poder Executivo Municipal, nos termos regimentais, que seja realizado estudo_x000D_
+técnico e financeiro visando a redução de 30% (trinta por cento) no valor do IPTU e 50%_x000D_
+(cinquenta por cento) na taxa de alvará aplicáveis aos imóveis e estabelecimentos_x000D_
+localizados no bairro Jardim Menino Deus._x000D_
+Requer-se ainda que a taxa de coleta de lixo incidente sobre o comércio local seja reduzida_x000D_
+em 50% (cinquenta por cento), de modo a garantir maior justiça fiscal, equidade_x000D_
+contributiva e incentivo ao desenvolvimento econômico local.</t>
+  </si>
+  <si>
+    <t>1466</t>
+  </si>
+  <si>
+    <t>257</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1466/indicacao_quadro_jardim_oreste_.pdf</t>
+  </si>
+  <si>
+    <t>Para que seja realizada a reforma e recolação do quadro de basquetebol na Praça Municipal Maria Alves de Proença no Jardim Orestes Thá.</t>
+  </si>
+  <si>
+    <t>1467</t>
+  </si>
+  <si>
+    <t>258</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1467/indicacao_258_2025.pdf</t>
+  </si>
+  <si>
+    <t>Para que seja realizado o reparo, manutenção, limpeza e conclusão das calçadas no Bairro Jardim Menino Deus.</t>
+  </si>
+  <si>
+    <t>1471</t>
+  </si>
+  <si>
+    <t>259</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1471/indicacao_259_2025.pdf</t>
+  </si>
+  <si>
+    <t>1- Que sejam providenciadas instalações de lixeiras em pontos estratégicos do Bairro Jardim Menino Deus, especialmente: Postos de saúde, pontos de ônibus, igrejas, parques e praças, comércios, escolas e Cmei._x000D_
+2- Continuidade do calçamento em trechos inacabados, e demais ruas que ainda não possuem calçadas. _x000D_
+3- Implantação de estacionamento em ângulo de 45° na praça central do bairro, visando a melhor organização do tráfego, otimização do espaço e segurança dos pedestres.</t>
+  </si>
+  <si>
+    <t>1477</t>
+  </si>
+  <si>
+    <t>260</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1477/260.pdf</t>
+  </si>
+  <si>
+    <t>Para que seja instalada lâmpadas de iluminação pública na Rua Ermenegildo Alves pires no número 139 do bairro do palmitalzinho.</t>
+  </si>
+  <si>
+    <t>1479</t>
+  </si>
+  <si>
+    <t>261</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1479/indicacao_261_2025.pdf</t>
+  </si>
+  <si>
+    <t>Para que seja realizada a manutenção dos buracos da Rua Aristeu Luciano Adamoski, em frente ao Nº 12 - Jardim Menino Deus.</t>
+  </si>
+  <si>
+    <t>1486</t>
+  </si>
+  <si>
+    <t>262</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1486/indicacao_262_2025.pdf</t>
+  </si>
+  <si>
+    <t>Melhoria na Estrutura da Cobertura do Ginásio Menino Deus</t>
+  </si>
+  <si>
+    <t>1495</t>
+  </si>
+  <si>
+    <t>263</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1495/indicacao_263_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que a Prefeitura Municipal, oriente e obrigue os funcionários responsáveis pelas roçadas das vias públicas, praças, canteiros e demais áreas sob responsabilidade do Poder Público Municipal, a utilizar telas de proteção, a fim de evitar acidentes causados pelo arremesso de pedras, cacos de vidro, pedaços de metal ou outros objetos projetados pelas lâminas das roçadeiras motorizadas.</t>
+  </si>
+  <si>
+    <t>1497</t>
+  </si>
+  <si>
+    <t>264</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1497/indicacao_264_2025.pdf</t>
+  </si>
+  <si>
+    <t>Para que sejam realizados os reparos dos buracos na Rua dos Lírios, no Bairro Itapira.</t>
+  </si>
+  <si>
+    <t>1498</t>
+  </si>
+  <si>
+    <t>265</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1498/indicacao_265_2025.pdf</t>
+  </si>
+  <si>
+    <t>Solicitamos a implantação de sinalização vertical "PARE" (parada obrigatória R-1) no Bairro Itapira, mais especificamente nos cruzamentos que envolvem a Rua das Flores e Rua dos Lírios, com o objetivo de garantir e melhorar a segurança e orientação de motoristas e pedestres. Essa medida é especialmente importante devido à presença de importantes instituições na região, como o CMEI Tia Carmelita, a Escola Rui Valdir Pereira Kern, a Escola Joanna Valache, a UBS Itapira, o CAPS e a Associação dos Moradores, entre outros..</t>
+  </si>
+  <si>
+    <t>1504</t>
+  </si>
+  <si>
+    <t>266</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1504/indicacao_266_2025.pdf</t>
+  </si>
+  <si>
+    <t>Para que seja realizada a revitalização da Praça Colônia Maria José.</t>
+  </si>
+  <si>
+    <t>1515</t>
+  </si>
+  <si>
+    <t>267</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1515/indicacao_xxx_2025_reparo_e_manutencao_da_praca_municipal_maria_alves_proenca_-_jd_orestes_tha.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se a realização de reparo e manutenção da quadra de basquete e da cancha de areia da Praça Municipal Maria Alves de Proença, bem como a limpeza e conservação do parque, localizada na Rua Leônida Alice Thá, no Bairro Jd. Orestes Thá, bem como a limpeza e conservação do parque.</t>
+  </si>
+  <si>
+    <t>1527</t>
+  </si>
+  <si>
+    <t>268</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1527/iluminacao_publica.pdf</t>
+  </si>
+  <si>
+    <t>Para que sejam feitas as substituições de lâmpadas queimadas na rua Papa João XXIII, na esquina com a rua Carlos Sbrissia.</t>
+  </si>
+  <si>
+    <t>1528</t>
+  </si>
+  <si>
+    <t>269</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1528/fc_indicacao_rua_nilo.favaro_pint.vagas.estacionamento_centro_12.11.25.pdf</t>
+  </si>
+  <si>
+    <t>Realização da pintura do asfalto, especialmente com a definição das vagas para estacionamento, na rua Nilo Fávaro, logo após o cruzamento com a rua Miguel Vidolin, em direção ao bairro Itapira, a fim de organizar os espaços e evitar que as pessoas estacionem os carros de forma a prejudicar o trânsito e os moradores da região</t>
+  </si>
+  <si>
+    <t>1529</t>
+  </si>
+  <si>
+    <t>270</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1529/indicacao_270_2025.pdf</t>
+  </si>
+  <si>
+    <t>Implantação de travessia elevada na Rua das Flores, no cruzamento com a Rua das Margaridas, a fim de trazer maior segurança para os moradores da região, principalmente das crianças que circulam pelo local ao se deslocarem em direção ao CMEI Tia Carmelita, no bairro Itapira</t>
+  </si>
+  <si>
+    <t>1530</t>
+  </si>
+  <si>
+    <t>271</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1530/271.pdf</t>
+  </si>
+  <si>
+    <t>Para que seja realizada a limpeza e a roçada da valeta de escoamento de Agua e posteriormente o controle de sua erosão, em frente ao endereço R. do Contorno, 2560 - Granja das Acácias com esquina com a Avenida São Sebastião em frente ao Instituto Chico Mendes.</t>
+  </si>
+  <si>
+    <t>1531</t>
+  </si>
+  <si>
+    <t>272</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1531/praca__qb.pdf</t>
+  </si>
+  <si>
+    <t>Reparo da Rede e Adição de Areia no Campo da Praça Hugo Creplive Filho</t>
+  </si>
+  <si>
+    <t>1532</t>
+  </si>
+  <si>
+    <t>273</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1532/indicacao_273_2025.pdf</t>
+  </si>
+  <si>
+    <t>Instalação de Placas de Identificação na Rua Miguel Repinoski</t>
+  </si>
+  <si>
+    <t>1533</t>
+  </si>
+  <si>
+    <t>274</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1533/indicacao_274_2025.pdf</t>
+  </si>
+  <si>
+    <t>Para que seja realizada a revitalização da praça Maria Alves de Proença no Jardim Orestes Thá.</t>
+  </si>
+  <si>
+    <t>1535</t>
+  </si>
+  <si>
+    <t>275</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1535/indicacao_275_2025.pdf</t>
+  </si>
+  <si>
+    <t>Indicação para que seja realizada a troca das lâmpadas de iluminação pública na Rua Jacob Zattoni, na altura do nº 100.</t>
+  </si>
+  <si>
+    <t>1536</t>
+  </si>
+  <si>
+    <t>276</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1536/indicacao_276_2025.pdf</t>
+  </si>
+  <si>
+    <t>Indicação para que seja implantada uma travessia elevada em frente ao Supermercado Villa, localizado no bairro Pinheirinho.</t>
+  </si>
+  <si>
+    <t>1540</t>
+  </si>
+  <si>
+    <t>277</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1540/indicacao_277_2025.pdf</t>
+  </si>
+  <si>
+    <t>Para que seja realizado um estudo e a implementação de melhorias na acessibilidade e na criação de vagas de estacionamento em frente à UBS Itapira, localizada na Rua das Flores, nº 320, no Bairro Itapira.</t>
+  </si>
+  <si>
+    <t>1543</t>
+  </si>
+  <si>
+    <t>278</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1543/indicacao_278_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja encaminhado ao setor responsável o pedido para sinalização viária na Rua Ulisses Zattoni, esquina com a Rua Agostinho Biss, no bairro Borda do Campo.</t>
+  </si>
+  <si>
+    <t>1546</t>
+  </si>
+  <si>
+    <t>279</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1546/279.pdf</t>
+  </si>
+  <si>
+    <t>Para que seja efetuada a reparação da iluminação pública na rua 12 de Outubro, em frente ao número 601, no bairro Jardim Menino Deus.</t>
+  </si>
+  <si>
+    <t>1547</t>
+  </si>
+  <si>
+    <t>280</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1547/280.pdf</t>
+  </si>
+  <si>
+    <t>Para que seja efetuada a reparação da iluminação pública na rua Papa João  XXIII, em frente ao número 1625, no bairro Jardim Menino Deus.</t>
+  </si>
+  <si>
+    <t>1548</t>
+  </si>
+  <si>
+    <t>281</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1548/281.pdf</t>
+  </si>
+  <si>
+    <t>Substituição de lâmpadas queimadas e manutenção preventiva e corretiva do sistema de iluminação pública em todos os bairros do Município de Quatro Barras, especificamente nos seguintes locais: _x000D_
+Rua Miguel Macuim em frente ao número 103;_x000D_
+Na curva após a decida do bracajuvava, antes da entrada no Bairro Jardim das Acácias.</t>
+  </si>
+  <si>
     <t>1031</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>EDUARDO JOSÉ LAGO (DUDU), ANTONIO CEZAR CREPLIVE (TOTÓ), JACQUELINE JOICE BERTAPELI DOS SANTOS, THIAGO HENRIQUE DA SILVA</t>
   </si>
   <si>
     <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1031/requerimento_01_2025.pdf</t>
   </si>
   <si>
     <t>Requerem que sejas criada Comissão Especial para Reforma da Lei Orgânica Municipal.</t>
   </si>
   <si>
     <t>1086</t>
   </si>
   <si>
     <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1086/-2025_poco_artesiano_do_ribeirao_do_tigre.pdf</t>
   </si>
   <si>
     <t>Informações sobre o sistema de distribuição de água conforme contrato 06/2023 e data prevista para funcionamento do sistema na região do Ribeirão do Tigre.                                Que seja convidado o Secretário responsável pela obra, para seus devidos esclarecimentos em sessão ordinária com agendamento pré estabelecido nesta casa de Leis, para esclarecimento de algumas questões sobre o andamento da obra e execução do contrato._x000D_
 	Quais empresas realizaram tais serviços? Quais eram os prazos contratuais? Qual valor já pago na execução? Qual prazo de garantia contratual sobre a obra? Quem é a comissão de recebimento da obra? Quem foi o engenheiro responsável pela medição da execução da obra? E por fim qual a participação do conselho de meio ambiente sobre os investimentos feitos nessa obra.</t>
   </si>
   <si>
     <t>1122</t>
   </si>
   <si>
     <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1122/projeto_rua_1.pdf</t>
   </si>
   <si>
     <t>Solicito em caráter de urgência todo projeto executivo (planialtimétrico) e seus memoriais (quantitativos) que envolvem a futura abertura de rua que conecta com o Bosque Merhy, conforme explicações recebidas na sessão ordinária do dia 10 de março 2025.</t>
   </si>
   <si>
     <t>1162</t>
-  </si>
-[...1 lines deleted...]
-    <t>ANTONIO CEZAR CREPLIVE (TOTÓ)</t>
   </si>
   <si>
     <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1162/requerimento_04_2025.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal implante o vale alimentação para os servidores comissionados, assim como é realizado o pagamento para os servidores de carreira e os funcionários comissionados do legislativo. _x000D_
 E que seja feito o reajuste inflacionário para os mesmos servidores comissionados, considerando que não é reajustado há anos, e a perca inflacionária que estão tendo é muito grande considerando o poder de compra.</t>
   </si>
   <si>
     <t>1172</t>
   </si>
   <si>
     <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1172/05.pdf</t>
   </si>
   <si>
     <t>Informações referente ao Contrato n 46/2024, oriundo da Concorrência Eletrônica 03/2024, cujo objeto foi serviços de “Pavimentação Asfáltica em vias urbanas em CBUQ com 8.996,53 m², incluindo os serviços preliminares, terraplanagem, base e sub-base, revestimento, meio-fio e sarjeta, serviços de urbanização, sinalização de trânsito, drenagem e ensaios tecnológicos, localizado na Rua Durval Ribeiro da Costa (entre Rua Júlia Ferreira de Lima até o final da rua em seu próprio eixo), Rua Manoel Alves dos Santos (entre Rua Altevir Alves Cordeiro até o final da rua em seu próprio eixo), Rua Gralha Azul, bairro Ayrton Loyola (entre Avenida das Pedreiras até o final da rua em seu próprio eixo)” _x000D_
 _x000D_
 Acompanhamos a execução de algumas etapas já cumpridas em 2024, mas as obras se encontram paralisadas, inacabadas, sem a devida conclusão dos serviços após período eleitoral de 2024._x000D_
 _x000D_
 Sendo assim requer: Cópia dos seguintes documentos:_x000D_
 	_x000D_
 1. Edital completo da licitação e seus anexos;_x000D_
 _x000D_
 2. Cópia do convênio firmado com a empresa vencedora;_x000D_
 _x000D_
@@ -3229,50 +3564,74 @@
   </si>
   <si>
     <t>1175</t>
   </si>
   <si>
     <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1175/requerimento_07_2025.pdf</t>
   </si>
   <si>
     <t>Em regime de urgência requer, cópia dos seguintes documentos:_x000D_
 _x000D_
 1-	Cópia do processo de Licitação da Obra da Câmara Municipal de 2005 e 2006;_x000D_
 2-	Cópia do ato de nomeação da Comissão de Recebimento da referida obra 2005 e 2006;_x000D_
 3-	Cópia do ato de nomeação do engenheiro responsável da referida obra 2005 e 2006;_x000D_
 4-	Cópia de relatórios de medições, notas fiscais e pagamentos referentes a obra da Câmara Municipal nos anos de 2005 e 2006;</t>
   </si>
   <si>
     <t>1443</t>
   </si>
   <si>
     <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1443/08.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, por meio da Secretaria Municipal de Obras, responsável pela iluminação pública, encaminhe à Copel uma solicitação urgente para que sejam tomadas medidas eficazes para resolver os problemas de falta de energia elétrica em nosso município, especialmente no Bairro Jd São Pedro e área rural, onde a situação tem sido recorrente.</t>
   </si>
   <si>
+    <t>1550</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1550/requerimento_09_2025.pdf</t>
+  </si>
+  <si>
+    <t>Cadastro e atualização do sistema para que conste na listagem oficial o CEP da Rua Emília Andreatta Barros, localizada no Bairro Borda do Campo.</t>
+  </si>
+  <si>
+    <t>1554</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1554/requerimento_10_2025_concurso.pdf</t>
+  </si>
+  <si>
+    <t>A Mesa Diretiva desta Câmara Municipal, no uso de suas atribuições legais, vem respeitosamente requerer ao Plenário a apreciação e autorização para a deflagração do processo de concurso público destinado ao provimento de todos os cargos vagos previstos na Lei Municipal nº 691/2011, que dispõe sobre o Plano de Cargos, Carreiras e Vencimentos da Câmara Municipal._x000D_
+_x000D_
+Os cargos atualmente vagos necessitam ser providos com urgência para assegurar a plena funcionalidade administrativa e operacional do Poder Legislativo._x000D_
+_x000D_
+A presente solicitação fundamenta-se na necessidade urgente e indispensável de adequar a capacidade administrativa da Câmara de Vereadores à crescente demanda dos serviços, bem como de garantir a continuidade, legalidade e eficiência das atividades legislativas e administrativas, as quais vêm sendo impactadas pela ausência de servidores efetivos em postos essenciais já previstos em lei._x000D_
+_x000D_
+Diante do exposto, e considerando a existência de cargos vagos na estrutura administrativa</t>
+  </si>
+  <si>
     <t>1029</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA</t>
   </si>
   <si>
     <t>FERNANDO CUNHA, ANTONIO CEZAR CREPLIVE (TOTÓ), EDUARDO JOSÉ LAGO (DUDU), JACQUELINE JOICE BERTAPELI DOS SANTOS</t>
   </si>
   <si>
     <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1029/projeto_de_lei_01_2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o reajuste sobre os valores dos vencimentos dos cargos de provimento efetivo e de comissão do Poder Legislativo Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>1030</t>
   </si>
   <si>
     <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1030/projeto_de_lei_02_2025.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 691/2011, conforme disposto em seus artigos, cria, extingue e modifica cargos e funções, atualiza tabelas e anexos, e dá outras providências.</t>
@@ -3497,51 +3856,99 @@
   <si>
     <t>FERNANDO CUNHA, JACQUELINE JOICE BERTAPELI DOS SANTOS, THIAGO HENRIQUE DA SILVA</t>
   </si>
   <si>
     <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1415/projeto_de_lei_26_2025.pdf</t>
   </si>
   <si>
     <t>Denomina " Cancha Jozuel Olímpio - Zué”, a cancha de bocha localizada na Praça Menino Deus, e dá outras providências.</t>
   </si>
   <si>
     <t>1423</t>
   </si>
   <si>
     <t>FERNANDO CUNHA, ANTONIO CEZAR CREPLIVE (TOTÓ), JACQUELINE JOICE BERTAPELI DOS SANTOS</t>
   </si>
   <si>
     <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1423/projeito_de_lei_27_2025.pdf</t>
   </si>
   <si>
     <t>Denomina "Complexo Educacional Prefeito Edison Wilmar Repinoski”, o bem público especificado, e dá outras providências</t>
   </si>
   <si>
     <t>1449</t>
   </si>
   <si>
-    <t>.</t>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1449/projeto_de_lei_28_2025_cunha.pdf</t>
+  </si>
+  <si>
+    <t>DISCIPLINA A CELEBRAÇÃO, COM A INICIATIVA PRIVADA, DE CONTRATOS DE CESSÃO ONEROSA DE DIREITO À NOMEAÇÃO DE EVENTOS E EQUIPAMENTOS PÚBLICOS MUNICIPAIS.</t>
+  </si>
+  <si>
+    <t>1492</t>
+  </si>
+  <si>
+    <t>DECLARA DE UTILIDADE PÚBLICA A CENTRO TERAPÊUTICO MULTIPROFISSIONAL ESPAÇO NEUROPSICOLÓGICO ESPECIALIZADO EM COGNIÇÃO E APRENDIZAGEM - CTM-NLAY, NO ÂMBITO DO MUNICÍPIO DE QUATRO BARRAS, ESTADO DO PARANÁ E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1521</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1521/projeto_de_lei_31_2025_altera_691.pdf</t>
+  </si>
+  <si>
+    <t>Extingue e Cria Cargos no Quadro de Servidores da Câmara Municipal de Quatro Barras, Estado do Paraná e dá outras providências</t>
+  </si>
+  <si>
+    <t>1534</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1534/projeto_de_lei_32_2025.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Quatro Barras, Estado Do Paraná, aprovou, de autoria do Vereador Sandro Eleno Andreatta, e eu, Prefeito Municipal, sanciono a seguinte Lei:_x000D_
+Art. 1° - Fica declarado Utilidade Pública a Associação Serra Mestra Graciosa.  _x000D_
+Art. 2° - A entidade perderá o título de Utilidade Pública, se vier a descumprir com a norma estabelecida no Art. 3º, da Lei Municipal nº 02, de 19 de maio de 1993._x000D_
+Art. 3° - Esta Lei entra em vigor na data de sua publicação.</t>
+  </si>
+  <si>
+    <t>1539</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1539/33.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a identificação eletrônica (microchipagem) de cães no âmbito do Município de Quatro Barras, e dá outras providências</t>
+  </si>
+  <si>
+    <t>1553</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1553/projeto_de_lei_34_2025.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A DENOMINAÇÃO DE LOGRADOURO PÚBLICO Rua João Ribeiro da Silva NO ÂMBITO DO MUNICÍPIO DE QUATRO BARRAS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1049</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>MOÇÃO</t>
   </si>
   <si>
     <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1049/mocao_de_pesar_luiza_do_rocio_cavali_arantes.pdf</t>
   </si>
   <si>
     <t>A vereadora que a presente subscreve, no uso de suas atribuições regimentais, manifesta solidariedade e encaminha a presente MOÇÃO DE PESAR à família da Senhora Maria Luiza do Rocio Cavali Arantes.</t>
   </si>
   <si>
     <t>1050</t>
   </si>
   <si>
     <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1050/mocao_de_pesar_daiane_linhares_da_luz.pdf</t>
   </si>
   <si>
     <t>Os vereadores que a presente subscreve, no uso de suas atribuições regimentais, manifesta solidariedade e encaminha a presente MOÇÃO DE PESAR à família da Senhora Daiane Linhares da Luz.</t>
   </si>
@@ -4284,50 +4691,487 @@
   <si>
     <t>1431</t>
   </si>
   <si>
     <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1431/mocao_elitinho_feira_parque_do_lago.pdf</t>
   </si>
   <si>
     <t>O Vereador signatário, no uso de suas atribuições regimentais, concede Moção de Aplausos á:_x000D_
 SECRETARIA DE CULTURA E TURISMO_x000D_
 A Câmara Municipal de Quatro Barras, no uso de suas atribuições legais e regimentais, concede a presente MOÇÃO DE APLAUSOS à Secretaria Municipal de Cultura e Turismo de Quatro Barras, na pessoa do secretário Wellington Benedeti (Elitinho), pela brilhante iniciativa na criação e realização da Feira Municipal no Parque do Lago._x000D_
 O evento, realizado nos dias 27 e 28 de setembro, representou um marco para o turismo e para a valorização da cultura local, promovendo a integração da comunidade e incentivando o comércio e o artesanato da cidade. A feira contou com uma expressiva participação popular, reunindo famílias e visitantes em um ambiente de lazer, gastronomia e entretenimento._x000D_
 A programação contou com diversas atrações culturais e lazer, entre elas a passeios de Caiaque e Bug, além da feira gastronômica e de artesanato, que destacou o talento e o trabalho dos feir</t>
   </si>
   <si>
     <t>1452</t>
   </si>
   <si>
     <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1452/mocao_de_aplausos_cristiane_fortes.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, no uso de suas atribuições legais e regimentais, requer que, após ouvido o Plenário desta Casa Legislativa, seja consignada em Ata a presente MOÇÃO DE APLAUSOS à Senhora Cristiane do Rocio Fortes, como forma de reconhecimento público pelos relevantes serviços prestados à comunidade de Quatro Barras, especialmente por sua dedicação incansável à causa animal e ao bem-estar social._x000D_
 A Sra. Cristiane Fortes chegou ao município de Quatro Barras em janeiro de 1980, aos 14 anos de idade, acompanhada de seus pais, Sr. José Rodrigues Fortes e Sra. Eliza Vera Santos Fortes (in memoriam). Desde jovem, demonstrou notável espírito comunitário, dividindo seu tempo entre os estudos no Colégio Estadual do Paraná e o estágio no escritório do Sr. Peron._x000D_
 Seu envolvimento com o auxílio ao próximo e com a causa animal foi evidente ao longo de toda sua trajetória. Em 1996, ingressou por concurso público na Prefeitura Municipal de Quatro Barras, onde atuou ao lado da então prime</t>
   </si>
   <si>
+    <t>1456</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1456/mocao_de_aplausos_a_gerson_jose_da_cruz.pdf</t>
+  </si>
+  <si>
+    <t>O vereador que este subscreve vem respeitosamente requerer que, após ouvido o plenário, sejam encaminhadas congratulações nos termos desta Moção de Aplausos para o senhor Gerson José da Cruz, conhecido popularmente como Jesus, por sua dedicação e pelo trabalho exemplar que ele ainda exerce em nosso município.</t>
+  </si>
+  <si>
+    <t>1459</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1459/mocao_de_aplausos_pedro_rossi.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Quatro Barras, Estado do Paraná, por proposição do Vereador_x000D_
+Antonio Cezar Toto Creplive, expressa seus mais sinceros aplausos e reconhecimento_x000D_
+ao senhor Pedro Rossi, por sua destacada trajetória de vida e relevante contribuição_x000D_
+para o desenvolvimento do município._x000D_
+Pedro Rossi nasceu em 15 de setembro de 1966, na cidade de Santo do Lontra,_x000D_
+interior do Paraná. Em junho de 1987, escolheu Quatro Barras para viver, onde_x000D_
+construiu sua família, seu lar e sua história. Casado com Vera Lúcia Lourenço Rossi,_x000D_
+é pai de Grace Kelly Rossi e avô de Pedro Henrique Fagundes — sendo exemplo de_x000D_
+dedicação e compromisso familiar._x000D_
+Empreendedor nato, iniciou sua trajetória comercial em setembro de 1980. Foi o_x000D_
+proprietário do primeiro mercado do bairro Jardim Menino Deus, o tradicional Mercado_x000D_
+Toscan, que se tornou referência e ponto de encontro da comunidade local durante_x000D_
+muitos anos. Atualmente, segue ativo no comércio local como proprietário do Aviário_x000D_
+Chão Batido, onde atua ao lado d</t>
+  </si>
+  <si>
+    <t>1460</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1460/mocao_de_aplausos_maria_aparecida_jardim_marquezine_cida.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Quatro Barras, por iniciativa do Vereador Antonio Cezar Toto Creplive, manifesta seus mais sinceros aplausos e reconhecimento à senhora Maria Aparecida Jardim Marquezine, carinhosamente conhecida como Dona Cida, por sua trajetória de vida exemplar, marcada pela luta, dedicação, fé e contribuição à comunidade do município._x000D_
+Nascida no interior do Paraná, no pequeno distrito de Jussiara, município de Kaloré, Dona Cida é filha do senhor Josino e da dona Auri, e a irmã mais velha de uma família de sete irmãos. Desde cedo, demonstrou seu senso de responsabilidade, ajudando na lavoura para garantir o sustento da família, e cuidando com zelo e amor dos irmãos e do lar, mesmo ainda na infância._x000D_
+A vida sempre lhe apresentou desafios, mas Dona Cida os enfrentou com fé, coragem e determinação. Em 1978, após seu casamento, deixou o interior em busca de novas oportunidades, vindo morar em Quatro Barras. Trouxe na bagagem apenas a esperança, mas encontrou aqui o solo fértil onde</t>
+  </si>
+  <si>
+    <t>1461</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1461/fc_mocao.aplauso_monteiro_detran_15.10.25.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE APLAUSOS A Câmara Municipal de Quatro Barras tem o prazer e o dever de parabenizar, o Senhor ADEMILTON FRANCISCO MONTEIRO, Chefe do Posto do DETRAN no Município de Quatro Barras</t>
+  </si>
+  <si>
+    <t>1462</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1462/fc_mocao.aplauso_sirlei_15.10.25.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE APLAUSOS, A Câmara Municipal de Quatro Barras tem o prazer e o dever de parabenizar, A Senhora MARIA SIRLEI ZANCHETTIN, primeira e única mulher a exercer o cargo de Presidente da Câmara de Vereadores do Município de Quatro Barras.</t>
+  </si>
+  <si>
+    <t>1463</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1463/mocao_de_aplausos.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Quatro Barras, por iniciativa do Vereador Renato Ditadi, manifesta seus mais sinceros aplausos e reconhecimento à senhora Juceli Aparecida Canutt da Cunha por sua trajetória de vida exemplar, marcada pela luta, dedicação, fé e contribuição à comunidade do município.</t>
+  </si>
+  <si>
+    <t>1464</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1464/mocao_de_aplausos_reinado_jose_pereira.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Quatro Barras, Estado do Paraná, no uso de suas atribuições legais, apresenta a presente Moção de Aplausos ao senhor Reinado José Pereira, em reconhecimento à sua trajetória de vida, dedicação à comunidade e relevante contribuição para o município._x000D_
+O senhor Reinado José Pereira, nascido em 15 de novembro de 1972, é morador do bairro Menino Deus há 27 anos. Casado com a senhora Eleci Frey Pereira, é pai de três filhos, todos frequentadores da Igreja Católica do bairro, onde ele exerce importante papel como voluntário._x000D_
+Ao longo dos anos, o senhor Reinado tem se destacado por sua participação ativa nas atividades comunitárias e religiosas, colaborando em festas, eventos e ações solidárias, sempre com humildade e boa vontade._x000D_
+Natural de Assis Chateaubriand, veio para Quatro Barras em busca de melhores oportunidades e, com muito esforço e dedicação, construiu aqui uma vida digna e próspera. Desde seu primeiro emprego na empresa Faurecia, onde trabalha até os dias atuai</t>
+  </si>
+  <si>
+    <t>1465</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1465/mocao_rafael.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Quatro Barras, por iniciativa do Vereador Renato Ditadi, manifesta seus mais sinceros aplausos ao senhor Rafael Cassiano, em reconhecimento à sua trajetória de vida marcada pelo trabalho, pela dedicação à família e pela contribuição ao desenvolvimento e fortalecimento da comunidade do bairro Menino Deus, em Quatro Barras.</t>
+  </si>
+  <si>
+    <t>1468</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1468/mocao_de_aplausos_-_maria_jose_araujo_tamburi.pdf</t>
+  </si>
+  <si>
+    <t>A Vereadora que subscreve vem respeitosamente requerer que, após ouvido o plenário, seja decidido render homenagem e aplausos à ilustre cidadã, Professora Maria José Araújo Tamburi, pelo seu inestimável contributo à educação e ao desenvolvimento da comunidade do Bairro Jardim Menino Deus, em Quatro Barras.</t>
+  </si>
+  <si>
+    <t>1469</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1469/mocao_de_aplausos_1.pdf</t>
+  </si>
+  <si>
+    <t>A Vereadora que subscreve vem respeitosamente requerer que, após ouvido o plenário, seja decidido render homenagem e aplausos ao ilustre casal, Luzia Cassiano Delgado e Manoel Delgado, pelo seu pioneirismo, perseverança e contribuição para o desenvolvimento do Bairro Jardim Menino Deus, em Quatro Barras.</t>
+  </si>
+  <si>
+    <t>1470</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1470/mocao_de_aplausos.pdf</t>
+  </si>
+  <si>
+    <t>A Vereadora que subscreve vem respeitosamente requerer que, após ouvido o plenário, seja decidido render homenagem e aplausos à ilustre cidadã, Lucila Teresinha Risson Chilanti, pelo seu inestimável contributo ao desenvolvimento do Bairro Jardim Menino Deus e à comunidade.</t>
+  </si>
+  <si>
+    <t>1473</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1473/mocao_de_aplausos__.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Quatro Barras, por iniciativa do Vereador Thiago Henrique Da Silva, manifesta seus mais sinceros aplausos e reconhecimento à Senhora Zenaide Delgado Gussão, uma cidadã que dedicou sua vida profissional e pessoal ao serviço da comunidade, em especial, no campo da educação.</t>
+  </si>
+  <si>
+    <t>1474</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1474/mocao_de_aplausos____.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Quatro Barras, por iniciativa do Vereador Thiago Henrique Da Silva, manifesta seus mais sinceros aplausos e reconhecimento à senhora MARIA CAMPOS DE ALMEIDA por sua notável trajetória de vida e à inestimável contribuição para o desenvolvimento social e educacional do município de Quatro Barras, Paraná.</t>
+  </si>
+  <si>
+    <t>1475</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1475/mocao_de_aplausos.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Quatro Barras, por iniciativa do Vereador Thiago Henrique Da Silva, manifesta seus mais sinceros aplausos e reconhecimento à Senhora Alessandra de Moraes Chaves Dubiela da Cunha, popularmente conhecida como "Ale Dubiela", em reconhecimento e profunda gratidão pelo seu inestimável trabalho de ação social e dedicação comunitária.</t>
+  </si>
+  <si>
+    <t>1478</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1478/mocao_de_aplausos.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Quatro Barras, por iniciativa do Vereador Renato Ditadi, manifesta seus mais sinceros aplausos ao senhor Marcelo Duzanoski, em reconhecimento à sua trajetória, dedicação e relevante contribuição à comunidade quatro-barrense</t>
+  </si>
+  <si>
+    <t>1487</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1487/mocao_de_aplausos.pdf</t>
+  </si>
+  <si>
+    <t>Thiago Henrique dos Santos da Silva (MEDONHO).</t>
+  </si>
+  <si>
+    <t>1488</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1488/mocao_de_aplausos.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE APLAUSOS: A Câmara Municipal de Quatro Barras tem o prazer e o dever de parabenizar o Senhor DORIVAL JOSÉ DA SILVA, comerciante e locutor de rodeios, morador ilustre do Município de Quatro Barras</t>
+  </si>
+  <si>
+    <t>1489</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1489/mocao_de_aplausos_e_reconhecimento_luis_carlos_stokolosa.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Aplausos e Reconhecimento ao senhor Luís Carlos Stokolosa, pelos relevantes serviços prestados à comunidade de Quatro Barras, por meio de seu trabalho, dedicação e compromisso com o desenvolvimento econômico e social do município.</t>
+  </si>
+  <si>
+    <t>1490</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1490/mocao_de_aplausos_e_reconhecimento_jose_valdir_de_souza.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Aplausos e Reconhecimento ao senhor José Valdir de Souza, pelos relevantes serviços prestados à comunidade de Quatro Barras, especialmente no bairro Menino Deus, por meio de sua dedicação e profissionalismo ao longo de décadas de trabalho como latoeiro e funileiro.</t>
+  </si>
+  <si>
+    <t>1491</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1491/123.pdf</t>
+  </si>
+  <si>
+    <t>A Vereadora que subscreve vem respeitosamente requerer que, após ouvido o plenário, seja decidido render homenagem e aplausos aos colaboradores e organizadores da Festa da Capela Nossa Senhora Aparecida, realizada no dia 12 de outubro de 2025, no Jardim Menino Deus.</t>
+  </si>
+  <si>
+    <t>1494</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1494/mocao_de_aplausos_e_reconhecimento_ludison_alves_de_freitas_e_alisson_alves_de_freitas.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Quatro Barras, no uso de suas atribuições legais e regimentais, por meio do vereador Eduardo José Lago, manifesta, por meio desta, Moção de Aplausos e Reconhecimento aos senhores Ludison Alves de Freitas e Alisson Alves de Freitas, pela coragem, bravura e atitude heroica demonstradas ao salvar uma senhora de um incêndio ocorrido no último dia 23 de outubro de 2025, no bairro Pinheirinho._x000D_
+Em um ato de extrema coragem e solidariedade, Ludison e Alisson não hesitaram em colocar em risco a própria integridade física para resgatar uma moradora que se encontrava em perigo dentro de uma residência em chamas. A ação rápida e precisa dos dois irmãos foi determinante para preservar uma vida, demonstrando espírito de humanidade, empatia e comprometimento com o próximo._x000D_
+A atitude de ambos representa o verdadeiro sentido de cidadania e amor ao próximo, valores que dignificam o ser humano e inspiram toda a comunidade de Quatro Barras. Em tempos em que o individualismo muitas ve</t>
+  </si>
+  <si>
+    <t>1496</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1496/mocao_dr_fernando.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Quatro Barras, por iniciativa do Vereador Renato Ditadi, manifesta seus mais sinceros aplausos ao Dr. Fernando Geraldo Demário, em reconhecimento à sua trajetória profissional, dedicação à saúde pública e relevantes serviços prestados à comunidade.</t>
+  </si>
+  <si>
+    <t>1500</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1500/mocao_de_aplausos_alessandro_cordeiro_blanco.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Quatro Barras, Estado do Paraná, no uso de suas atribuições legais, apresenta a presente Moção de Aplausos ao senhor Alessandro Cordeiro Blanco._x000D_
+Alessandro Cordeiro Blanco, nascido em 7 de julho de 1994, reside há 31 anos em nossa cidade. É um profissional dedicado que tem se destacado por seu compromisso e competência na área da Tecnologia da Informação._x000D_
+Sua trajetória na administração pública teve início em 19 de janeiro de 2021, quando foi nomeado para exercer a função de Suporte de T.I. Com empenho, responsabilidade e dedicação, Alessandro conquistou o reconhecimento de seu trabalho, sendo promovido, em 28 de março de 2023, ao cargo de Diretor da Secretaria Municipal de Tecnologia da Informação e Comunicação._x000D_
+Atualmente, ele é responsável pela governança de T.I. no município, liderando uma equipe comprometida em atender todas as repartições públicas municipais — incluindo escolas, CMEIs, unidades de saúde, o pronto atendimento 24 horas, a Guarda Municipal e de</t>
+  </si>
+  <si>
+    <t>1502</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1502/mocao_de_aplausos.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE APLAUSOS_x000D_
+_x000D_
+	 O Vereador que o presente subscreve, no uso de suas atribuições regimentais concede MOÇÃO DE APLAUSOS as atletas das categorias 15 a 17anos._x000D_
+ _x000D_
+Ana Helena Hadas Honório_x000D_
+Anny Carolini Dolisnki Gonçalves_x000D_
+Deyse Gabrielle Machado Sineiro Machado_x000D_
+Gabriely Carolina Grein da Costa_x000D_
+Isabela Chella Ferreira_x000D_
+Júlia Colaço Barboza_x000D_
+Laís Marceli Penkowsky Pereira_x000D_
+Larissa Santos Machado_x000D_
+Louise Maressa Pimentel Silva_x000D_
+Luiza Aguiar_x000D_
+Maria Eduarda da Silva Lara_x000D_
+Marjorie Vitória de Souza_x000D_
+Vitoria Garcia Lopes_x000D_
+_x000D_
+Por representarem com excelência o Colégio Estadual André Andreatta e o Município de Quatro Barras no 71º Jogos Escolares do Paraná – Bom de Bola 2025, demonstrando dedicação, compromisso e espírito esportivo, além de destacarem-se como um verdadeiro exemplo de superação ao longo de todas as fases da competição._x000D_
+Feminino: B_x000D_
+Resultados alcançados:_x000D_
+Fase Municipal: Campeãs_x000D_
+Fase Regional: Campeãs_x000D_
+Fase Macrorregional: Vice-campeãs_x000D_
+Fase Estadual: 7º lugar_x000D_
+_x000D_
+Quatro Barras, 31 de outubro de 2025._x000D_
+_x000D_
+_x000D_
+SANDRO ELENO ANDREATTA  (LENO)_x000D_
+VEREADOR</t>
+  </si>
+  <si>
+    <t>1503</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1503/mocao_de_aplausos_01.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE APLAUSOS_x000D_
+_x000D_
+O Vereador que o presente subscreve, no uso de suas atribuições regimentais concede MOÇÃO DE APLAUSOS as atletas das categorias 15 a 17anos._x000D_
+ _x000D_
+Ana Beatryz Werneck Ribeiro_x000D_
+Ariani Beatriz Prodocimo Ramos_x000D_
+Beatriz de Lara Neris_x000D_
+Daniele Vitoria Andrade Volim_x000D_
+Emilly Pereira_x000D_
+Gabriela Otilia Bueno Legnani_x000D_
+Gisele da Silva Ferreira_x000D_
+Helena Rocha Pires_x000D_
+Isabela Cristina Bueno Legnani_x000D_
+Isabela de Oliveira Alves de Lima_x000D_
+Isabelly Luisa Ribeiro dos Santos_x000D_
+Juliane Cordeiro de Cristo_x000D_
+Julya Pereira Jacinto Queiroz_x000D_
+Karina da Silva Andrade_x000D_
+Larissa Leal da Silva_x000D_
+Maria Eduarda da Silva Virmond_x000D_
+Vitória Karoline Silva de Oliveira._x000D_
+_x000D_
+Por representarem com excelência o Colégio Estadual André Andreatta e o Município de Quatro Barras no 71º Jogos Escolares do Paraná – Bom de Bola 2025, demonstrando dedicação, compromisso e espírito esportivo, além de destacarem-se como um verdadeiro exemplo de superação ao longo de todas as fases da competição._x000D_
+Feminino: A_x000D_
+Resultados alcançados:_x000D_
+Fase Municipal: Campeãs_x000D_
+Fase Regional: Campeãs_x000D_
+Fase Macrorregional: Vice-campeãs_x000D_
+Fase Estadual: 4º lugar_x000D_
+_x000D_
+Quatro Barras, 31 de outubro de 2025._x000D_
+_x000D_
+SANDRO ELENO ANDREATTA  (LENO)_x000D_
+VEREADOR</t>
+  </si>
+  <si>
+    <t>1505</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1505/mocao_-_professora_erika_prestes_andreatta.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE APLAUSOS_x000D_
+_x000D_
+	 O Vereador que o presente subscreve, no uso de suas atribuições regimentais concede MOÇÃO DE APLAUSOS à professora. _x000D_
+_x000D_
+_x000D_
+	_x000D_
+Erika Prestes Andreatta _x000D_
+_x000D_
+_x000D_
+	Pela conquista no 71º Jogos Escolares do Paraná – Bom de Bola 2025 demonstrando dedicação, compromisso e espírito esportivo, contribuindo de forma significativa para o desenvolvimento esportivo e pessoal das atletas, fortalecendo valores como o trabalho em equipe, a disciplina e o respeito mútuo, que são fundamentais na formação de nossas alunas._x000D_
+_x000D_
+Quatro Barras, 31 de outubro de 2025._x000D_
+_x000D_
+_x000D_
+_x000D_
+SANDRO ELENO ANDREATTA  (LENO)_x000D_
+VEREADOR</t>
+  </si>
+  <si>
+    <t>1513</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1513/mocao_de_aplausos.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Aplausos e Reconhecimento ao grupo “Quatro Barras Segura”, idealizado por Ricardo Paulino da Silva e pelo saudoso Adilson Barbosa, da distribuidora de gás, pelo importante trabalho de engajamento comunitário, diálogo e colaboração em prol da segurança e do desenvolvimento do município de Quatro Barras.</t>
+  </si>
+  <si>
+    <t>1514</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1514/mocao_associacao.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Quatro Barras, nos termos regimentais, apresenta a presente Moção de Aplausos à Associação Cultural e Desportiva Taeru Kan, aos seus instrutores, dirigentes e atletas, pelo brilhante trabalho desenvolvido ao longo dos anos na promoção do karatê e na formação de cidadãos por meio do esporte.</t>
+  </si>
+  <si>
+    <t>1516</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1516/mocao_de_aplausos_marcos_farias.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Quatro Barras, Estado do Paraná, no uso de suas atribuições legais, apresenta a presente Moção de Aplausos ao senhor Marcos Farias._x000D_
+Marcos Farias, nascido em 16 de abril de 1979, reside na cidade há 40 anos. É divorciado e pai de dois filhos, Emanueli e Nicolas._x000D_
+Formado em Educação Física, Marcos atua como professor e profissional de golfe, dedicando sua carreira ao esporte e à inclusão social. Ele é responsável pelo projeto Instituto Golf+Inclusão, uma escola de golfe gratuita voltada para jovens com necessidades especiais._x000D_
+O projeto, que já existe há 16 anos, atende atualmente 16 alunos, sendo 12 residentes na cidade. Entre os participantes, há jovens com síndrome de Down (SD), autismo e neurodivergências diversas._x000D_
+Com esse trabalho, Marcos Farias tem contribuído significativamente para o desenvolvimento esportivo, social e emocional dos alunos, promovendo a inclusão e ampliando oportunidades por meio do golfe. _x000D_
+Por todo o exposto, esta Casa Legislativa externa,</t>
+  </si>
+  <si>
+    <t>1538</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1538/fc_mocao.aplauso_samuel.escola_26.11.25.docx</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE APLAUSOS - A Câmara Municipal de Quatro Barras, por meio do Vereador Fernando Cunha, apresenta a presente MOÇÃO DE APLAUSO à professora Priscila Afonso Magalhães, diretora da Escola Municipal Joanna Valache, ao aluno Samuel e a todos os demais alunos e professores e colaboradores da escola, em reconhecimento ao trabalho desenvolvido na promoção da inclusão por meio do esporte e ao destaque obtido pelo aluno nas competições de atletismo, que o habilitou para competir em nível nacional.</t>
+  </si>
+  <si>
+    <t>1544</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1544/mocao_de_aplausos_giulianna_zanchettin.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE APLAUSOS a Giulianna Zanchettin de Lima, uma das mais valiosas joias raras da nossa cidade, nossa jovem cantora e dançarina, representante das tradições gaúchas, em reconhecimento pela conquista do primeiro lugar como interprete solista na última FEPART, realizada em Medianeira, no final de novembro, bem como o primeiro lugar participando do quinteto de cantores.</t>
+  </si>
+  <si>
+    <t>1549</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1549/mocao_de_aplausos_-_delegada_gessica_feitosa_moraes_andrade.pdf</t>
+  </si>
+  <si>
+    <t>A Vereadora que subscreve vem respeitosamente requerer que, após ouvido o plenário, seja encaminhada uma moção de congratulações à Delegada Gessica Feitosa Moraes Andrade, em reconhecimento à sua destacada trajetória na Polícia Civil.</t>
+  </si>
+  <si>
+    <t>1551</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1551/mocao_de_pesar_darci_guimaraes.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Quatro Barras, Estado do Paraná, por iniciativa de todos os Vereadores, apresenta nos termos regimentais esta Moção de Pesar pelo falecimento de Darci Augustinho Guimarães, prestando solidariedade aos familiares e amigos neste momento de profunda dor._x000D_
+_x000D_
+	Darci Augustinho Guimarães nasceu em 28 de agosto de 1953, em Curitiba, trazendo luz para a vida de seus pais, José Ribeiro Guimarães e Diva Dephina Guimarães. Cresceu ao lado dos irmãos Dirceu, Dirce e Dirci, vivendo uma infância simples e cheia de aprendizados no Bacacheri, no bairro São João — um lugar onde ele criaria suas primeiras lembranças e seus primeiros sonhos._x000D_
+_x000D_
+	Ainda adolescente, em 1969, a vida lhe presenteou com seu primeiro filho, Carlinhos Gotoi, fruto de uma juventude marcada por coragem, responsabilidade precoce e muito amor._x000D_
+_x000D_
+	Os anos passaram, e Darci encontrou em Vera Macedo uma nova história para viver. Casaram-se e tiveram dois filhos: Marcel e Marluza. Construíram uma família, criaram memó</t>
+  </si>
+  <si>
+    <t>1558</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1558/mocao_de_aplausos_rosangela_jucoski.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Quatro Barras, por iniciativa do Vereador Thiago Henrique Da Silva, manifesta seus mais sinceros aplausos e reconhecimento à Senhora Rosangela Jucoski, uma cidadã que dedicou sua vida profissional e pessoal ao serviço da comunidade, em especial, no campo da educação.</t>
+  </si>
+  <si>
+    <t>1559</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1559/mocao_de_aplausos_a_professora_sueli_terezinha.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Quatro Barras, por iniciativa do Vereador Thiago Henrique Da Silva, manifesta seus mais sinceros aplausos e reconhecimento à Senhora Sueli Terezinha Koch Arantes Da Silva, uma cidadã que dedicou sua vida profissional e pessoal ao serviço da comunidade, em especial, no campo da educação.</t>
+  </si>
+  <si>
+    <t>1560</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1560/mocao_de_aplausos_prof.gretchen_abreu_saenz_yamakawa.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Quatro Barras, por iniciativa do Vereador Thiago Henrique Da Silva, manifesta seus mais sinceros aplausos e reconhecimento à ilustríssima Professora e Diretora Gretchen Abreu Saenz Yamakawa, reconhecendo sua trajetória de excelência e compromisso com o desenvolvimento educacional e social de Quatro Barras.</t>
+  </si>
+  <si>
     <t>1062</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO</t>
   </si>
   <si>
     <t>REVOGA O DECRETO 21/2024.</t>
   </si>
   <si>
     <t>1064</t>
   </si>
   <si>
     <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1064/decreto_legislativo_02_2025.pdf</t>
   </si>
   <si>
     <t>ATUALIZA O VALOR DO ARTIGO 3º DO DECRETO 04/2024 REFERENTE A ASSISTÊNCIA A SAÚDE DOS SERVIDORES ATIVOS DO PODER LEGISLATIVO.</t>
   </si>
   <si>
     <t>1080</t>
   </si>
   <si>
     <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1080/decreto_legislativo_03_2025.pdf</t>
@@ -4472,50 +5316,77 @@
   <si>
     <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1412/projeto_de_decreto_legislativo_16_2025_senhor_luciano_zatti._fernando_cunha.pdf</t>
   </si>
   <si>
     <t>Concede O Título De Cidadão Honorário Do Município De Quatro Barras, Estado Do Paraná, Ao Senhor Luciano Zatti.</t>
   </si>
   <si>
     <t>1413</t>
   </si>
   <si>
     <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1413/projeto_de_decreto_legislativo_17_2025.pdf</t>
   </si>
   <si>
     <t>Concede O Título De Cidadão Honorário Do Município De Quatro Barras, Estado Do Paraná, Ao Senhor Piero Passuello Zatti.</t>
   </si>
   <si>
     <t>1416</t>
   </si>
   <si>
     <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1416/projeto_de_decreto_legislativo_18_2025_senhor_paulo_litro.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO DO MUNICÍPIO DE QUATRO BARRAS, ESTADO DO PARANÁ, AO SENHOR PAULO HENRIQUE COLETTI FERNANDES.</t>
   </si>
   <si>
+    <t>1499</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1499/projeto_de_decreto_legislativo_19_2025_aprovacao_de_contas_executivo_2024.pdf</t>
+  </si>
+  <si>
+    <t>Aprovação de Contas 2024</t>
+  </si>
+  <si>
+    <t>1537</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1537/projeto_de_decreto_legislativo_20_2025_senhor_alexandre_curi.pdf</t>
+  </si>
+  <si>
+    <t>Concede o Título de Cidadão Honorário do Município de Quatro Barras, Estado do Paraná, ao Senhor Alexandre Curi.</t>
+  </si>
+  <si>
+    <t>1545</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1545/projeto_de_decreto_legislativo_-_cidada_honoraria_flavia_francischini.pdf</t>
+  </si>
+  <si>
+    <t>CONCEDE O TÍTULO DE CIDADÃ HONORÁRIA DO MUNICÍPIO DE QUATRO BARRAS, ESTADO DO PARANÁ, À DEPUTADA FLÁVIA FRANCISCHINI.</t>
+  </si>
+  <si>
     <t>1032</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
     <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1032/projeto_de_resolucao_01_2025.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 62 do Regimento Interno da Câmara Municipal de Quatro Barras.</t>
   </si>
   <si>
     <t>1033</t>
   </si>
   <si>
     <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1033/projeto_de_resolucao_02_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de auxílio alimentação aos servidores da Câmara Municipal de Quatro Barras/PR.</t>
   </si>
   <si>
     <t>1059</t>
@@ -4550,72 +5421,384 @@
   <si>
     <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1438/projeto_de_resolucao_06_2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE CESTA NATALINA AOS SERVIDORES ATIVOS DA CÂMARA MUNICIPAL DE QUATRO BARRAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1197</t>
   </si>
   <si>
     <t>EMD</t>
   </si>
   <si>
     <t>EMENDA</t>
   </si>
   <si>
     <t>LORENO BERNARDO TOLARDO</t>
   </si>
   <si>
     <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1197/emenda_modifficativa_01_2025_-_mensagem_13_2025.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa 01/2025</t>
   </si>
   <si>
+    <t>1458</t>
+  </si>
+  <si>
+    <t>CJR - COMISSÃO DE JUSTIÇA E REDAÇÃO</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1458/emenda_aditiva_mensagem_36_2025.pdf</t>
+  </si>
+  <si>
+    <t>Emenda aditiva ao Projeto de Lei Nº 36/2025 que, “Altera a Lei nº 1046/2017, e dá outras providências”._x000D_
+_x000D_
+Art. 1º Altera o Parágrafo Único do Art. 4º para que passe a vigorar com a seguinte redação:_x000D_
+PARÁGRAFO ÚNICO: O Conselho Municipal dos Direitos da Mulher na sua composição, terá na totalidade de 16 (dezesseis) membros; sendo 04 (quatro) membros titulares e respectivos suplentes, representantes do Poder Público nomeados pelo chefe do Poder Executivo Municipal; e 04 (quatro) membros titulares e respectivos suplentes, representantes da sociedade civil organizada, eleitos entre si em assembleias próprias”.</t>
+  </si>
+  <si>
+    <t>1480</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1480/emenda_modificativa_01__ao_projeto_de_lei_38_2025.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1º - Altera o Art. 1º da Lei nº 38/2025, para que passe a vigorar com a seguinte redação:_x000D_
+_x000D_
+“Art. 1º - lnst‹tui o "Prêmio de Resultado de Aprendizagem° de caráter excepcional com o objetivo incentivar a melhoria da qualidade educacional da rede municipal de educação do Município de Quatro Barras, a ser pago no mês subsequente à divulgação dos resultados do Índice de Desenvolvimento da Educação Básica — IDEB.”</t>
+  </si>
+  <si>
+    <t>1481</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1481/emenda_modificativa_04__ao_projeto_de_lei_38_2025.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1º - Altera o Art. 5º da Lei nº 38/2025, para que passe a vigorar com a seguinte redação:_x000D_
+_x000D_
+“Art. 5º O pagamento do Prêmio de Resultado de Aprendizagem será condicionado à disponibilidade orçamentária e financeira do exercício.”</t>
+  </si>
+  <si>
+    <t>1482</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1482/emenda_modificativa_002__ao_projeto_de_lei_38_2025.docx</t>
+  </si>
+  <si>
+    <t>Art. 1º - Altera o Parágrafo único do Art. 3º da Lei nº 38/2025, para que passe a vigorar com a seguinte redação:_x000D_
+_x000D_
+“Parágrafo único - O servidor detentor de 2 (dois) cargos públicos no Município terá direito ao valor correspondente a 01 (uma) URMQB, para cada um dos padrões.”</t>
+  </si>
+  <si>
+    <t>1483</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1483/emenda_modificativa_06__ao_projeto_de_lei_38_2025.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1º – Fica suprimido em sua totalidade o Inciso IX, do  Art. 4º do projeto de Lei 38/2025:_x000D_
+_x000D_
+“  IX - Na data de aplicação do sistema de avaliação não fizer parte do quadro de servidores da Secretaria Municipal de Educação, Esporte, Lazer e Juventude, mesmo que tenha sido transferido a qualquer tempo;”</t>
+  </si>
+  <si>
+    <t>1484</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1484/emenda_modificativa_03__ao_projeto_de_lei_38_2025.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1º - Altera o Inciso VII do Art. 4º da Lei nº 38/2025, para que passe a vigorar com a seguinte redação:_x000D_
+_x000D_
+“VII - Apresentar faltas injustificadas;”</t>
+  </si>
+  <si>
+    <t>1485</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1485/emenda_modificativa_05__ao_projeto_de_lei_38_2025.pdf</t>
+  </si>
+  <si>
+    <t>Art. 1º – Fica suprimido em sua totalidade o Inciso VIII, do  Art. 4º do projeto de Lei 38/2025:_x000D_
+_x000D_
+“ VIII - Apresentar mais de 30 (trinta) dias de ausências legalmente concedidas, contados até a data de aplicação do sistema de avaliação.”</t>
+  </si>
+  <si>
+    <t>1517</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1517/emenda_impositiva_01_2025_antonio_cezar_creplive.pdf</t>
+  </si>
+  <si>
+    <t>A CÂMARA MUNICIPAL DE QUATRO BARRAS nos termos do artigo 110-A da Lei Orgânica do Município de Quatro Barras, a Emenda n.º 01, ao Projeto de Lei n.º 39/2025, que “Estima a receita e fixa a despesa para o exercício financeiro de 2026”, de autoria do Vereador Antonio Cezar Creplive._x000D_
+_x000D_
+Art. 1.º Fica incluída na execução financeira disposta no Projeto de Lei n.º 39/2025, que “Estima a receita e fixa a despesa para o exercício financeiro de 2026”, a seguinte programação para ações conforme quadro abaixo:_x000D_
+_x000D_
+_x000D_
+Item	Local	Aquisição/Serviço	Valor_x000D_
+I_x000D_
+_x000D_
+	SECRETARIA MUNICIPAL DE DESENVOLVIMENTO SOCIAL E FAMÍLIA	_x000D_
+AQUISIÇÃO DE BENS MÓVEIS PELA CERV – COMUNIDADE ESPERANÇA RESTAGE DE VIDAS _x000D_
+CNPJ: 13.504.911/0001-06	_x000D_
+R$ 50.000,00_x000D_
+II	SECRETARIA MUNICIPAL DE ORDEM PÚBLICA E SEGURANÇA	_x000D_
+RECURSOS LIVRES	 R$ 29.863,58_x000D_
+III	SECRETARIA MUNICIPAL DE DESENVOLVIMENTO SOCIAL E FAMÍLIA	CUSTEIO E PREMIAÇÃO DE EVENTOS ARTÍSTICOS E CULTURAIS 	R$ 8.000,00_x000D_
+IV	SECRETARIA MUNICIPAL DE ATENDIMENTO ÀS PSICOPATOLOGIAS E NEURODIVER</t>
+  </si>
+  <si>
+    <t>1518</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1518/emenda_impositiva_03_2025_leno.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n. Lei n.º 39/2025_x000D_
+_x000D_
+Autoria: Vereador Sandro Eleno Andreatta_x000D_
+_x000D_
+Emenda Individual ao Projeto de Lei n.º 39/2025, que “Estima a receita e fixa a despesa para o exercício financeiro de 2026”._x000D_
+_x000D_
+A CÂMARA MUNICIPAL DE QUATRO BARRAS nos termos do artigo 110-A da Lei Orgânica do Município de Quatro Barras, a Emenda n.º 03, ao Projeto de Lei n.º 39/2025, que “Estima a receita e fixa a despesa para o exercício financeiro de 2026”, de autoria do Vereador Anderson Mendonça._x000D_
+_x000D_
+Art. 1.º Fica incluída na execução financeira disposta no Projeto de Lei n.º 39/2025, que “Estima a receita e fixa a despesa para o exercício financeiro de 2026”, a seguinte programação para ações conforme quadro abaixo:_x000D_
+_x000D_
+Item	Local	Aquisição/Serviço	Valor_x000D_
+_x000D_
+I_x000D_
+_x000D_
+	_x000D_
+SECRETARIA MUNICIPAL DE SAÚDE	_x000D_
+_x000D_
+RECURSOS LIVRES	_x000D_
+R$ 107.863,59_x000D_
+II	SECRETARIA MUNICIPAL DE EDUCAÇÃO, ESPORTE, LAZER E JUVENTUDE – DEPARTAMENTO DE ESPORTES	_x000D_
+COMPRA DE MATERIAIS E EQUIPAMENTOS PARA ATENDIMENTOS AOS PROJETOS	_x000D_
+R$ 35.954,53_x000D_
+III	SECRETARIA MUNIC</t>
+  </si>
+  <si>
+    <t>1519</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1519/emenda_impositiva_02_2025_rato.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n. Lei n.º 39/2025_x000D_
+_x000D_
+Autoria: Vereador Anderson Mendonça_x000D_
+_x000D_
+Emenda Individual ao Projeto de Lei n.º 39/2025, que “Estima a receita e fixa a despesa para o exercício financeiro de 2026”._x000D_
+_x000D_
+A CÂMARA MUNICIPAL DE QUATRO BARRAS nos termos do artigo 110-A da Lei Orgânica do Município de Quatro Barras, a Emenda n.º 01, ao Projeto de Lei n.º 39/2025, que “Estima a receita e fixa a despesa para o exercício financeiro de 2026”, de autoria do Vereador Anderson Mendonça._x000D_
+_x000D_
+Art. 1.º Fica incluída na execução financeira disposta no Projeto de Lei n.º 39/2025, que “Estima a receita e fixa a despesa para o exercício financeiro de 2026”, a seguinte programação para ações conforme quadro abaixo:_x000D_
+_x000D_
+Item	Local	Aquisição/Serviço	Valor_x000D_
+_x000D_
+I_x000D_
+_x000D_
+	_x000D_
+SECRETARIA MUNICIPAL DE SAÚDE	_x000D_
+_x000D_
+Custeio de exames e consultas	_x000D_
+R$ 107.863,59_x000D_
+II	SECRETARIA MUNICIPAL DE CULTURA E TURISMO	_x000D_
+RECURSOS LIVRES	R$ 30.000,00_x000D_
+III	SECRETARIA MUNICIPAL DE INFRAESTRUTURA, LOGÍSTICA E FROTAS	_x000D_
+RECURSOS LIVRES	R$ 77.863,58_x000D_
+TOTAL DA EMENDA</t>
+  </si>
+  <si>
+    <t>1520</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1520/emenda_impositiva_04_2025_renato.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n. Lei n.º 39/2025_x000D_
+_x000D_
+Autoria: Vereador Renato Ditadi_x000D_
+Emenda Individual ao Projeto de Lei n.º 39/2025, que “Estima a receita e fixa a despesa para o exercício financeiro de 2026”.</t>
+  </si>
+  <si>
+    <t>1522</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1522/emenda_impositiva_marcel.pdf</t>
+  </si>
+  <si>
+    <t>Emenda</t>
+  </si>
+  <si>
+    <t>1523</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1523/emenda_impositiva_dudu.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n. Lei n.º 39/2025_x000D_
+_x000D_
+Autoria: Vereador Eduardo José Lago_x000D_
+_x000D_
+Emenda Individual ao Projeto de Lei n.º 39/2025, que “Estima a receita e fixa a despesa para o exercício financeiro de 2026”._x000D_
+_x000D_
+A CÂMARA MUNICIPAL DE QUATRO BARRAS nos termos do artigo 110-A da Lei Orgânica do Município de Quatro Barras, a Emenda n.º 08, ao Projeto de Lei n.º 39/2025, que “Estima a receita e fixa a despesa para o exercício financeiro de 2026”, de autoria do Vereador Eduardo José Lago._x000D_
+_x000D_
+Art. 1.º Fica incluída na execução financeira disposta no Projeto de Lei n.º 39/2025, que “Estima a receita e fixa a despesa para o exercício financeiro de 2026”, a seguinte programação para ações conforme quadro abaixo:_x000D_
+_x000D_
+Item	Local	Aquisição/Serviço	Valor_x000D_
+_x000D_
+I_x000D_
+_x000D_
+	_x000D_
+SECRETARIA MUNICIPAL DE SAÚDE	_x000D_
+_x000D_
+CUSTEIO DE EXAMES E CONSULTAS	_x000D_
+R$ 107.863,59_x000D_
+II	SUBPREFEITURA DISTRITAL DA BORDA DO CAMPO_x000D_
+	_x000D_
+RECURSOS LIVRES	R$ 70.000,00_x000D_
+III	SECRETARIA MUNICIPAL DE ATENDIMENTO ÀS PSICOPATOLOGIAS E NEURODIVERSIDADES_x000D_
+	_x000D_
+RECURSOS LIVRES	R$ 12.863,</t>
+  </si>
+  <si>
+    <t>1524</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1524/emenda_06_2025_thiago.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n. Lei n.º 39/2025Autoria: Vereador Thiago Henrique  Da Silva Emenda Individual ao Projeto de Lei n.º 39/2025, que “Estima a receita e fixa a despesa para o exercício financeiro de 2026”.A CÂMARA MUNICIPAL DE QUATRO BARRAS nos termos do artigo 110-A da Lei Orgânica do Município de Quatro Barras, a Emenda n.º 06, ao Projeto de Lei n.º 39/2025, que “Estima a receita e fixa a despesa para o exercício financeiro de 2026”, de autoria do Vereador Thiago Henrique Da Silva. Art. 1.º Fica incluída na execução financeira disposta no Projeto de Lei n.º 39/2025, que “Estima a receita e fixa a despesa para o exercício financeiro de 2026”, a seguinte programação para ações conforme quadro abaixo: Item Local Aquisição/Serviço	Valor I  SECRETARIA MUNICIPAL DE EDUCAÇAO,ESPORTE,LAZERE JUVENTUDE-DEPARTAMENTODE ESPORTESRECURSOS LIVRES R$ 27.863,58II	SECRETARIA MUNICIPAL DE CULTURA E TURISMO	RECURSOS LIVRES	R$ 20.000,00III	SECRETARIA MUNICIPAL DE MEIO AMBIENTE E BEM ESTAR ANIMAL	RECURSOS LIVRES	R$ 20.000,00IV	SECRETARIA MUNICIPAL DE SEGURANÇA	COMPRA DE UNIFORME E EQUIPAMENTOS DE SEGURANÇA R$ 20.000,00 V       SECRETARIA MUNICIPAL DE SAÚDE	RECURSOS LIVRES	R$ 107.863,59 VI	SECRETARIA MUNICIPAL DE ATENDIMENTO ÀS PSICOPATOLOGIAS E NEURODIVERSIDADES	RECURSOS LIVRES	R$ 20.000,00TOTAL DA EMENDA R$215.727,17</t>
+  </si>
+  <si>
+    <t>1525</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1525/emenda_iimpossitiva_09.pdf</t>
+  </si>
+  <si>
+    <t>Emenda impositiva ao Projeto de Lei 39/2025.</t>
+  </si>
+  <si>
+    <t>1526</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1526/emenda_impositiva_05_2025_fernando.pdf</t>
+  </si>
+  <si>
+    <t>Ao Projeto de Lei n.º 39/2025 _x000D_
+_x000D_
+Autoria: Vereador Fernando Cunha_x000D_
+_x000D_
+Emenda Impositiva ao Projeto de Lei n.º 39/2025, que “Estima a receita e fixa a despesa para o exercício financeiro de 2026”. _x000D_
+_x000D_
+A CÂMARA MUNICIPAL DE QUATRO BARRAS aprovou, nos termos do artigo 110-A da Lei Orgânica do Município de QUATRO BARRAS, a Emenda n.º 5, ao Projeto de Lei n.º 39/2025, que estima a receita e fixa a despesa para o exercício financeiro de 2026, de autoria do Vereador Fernando Cunha._x000D_
+_x000D_
+Art. 1.º Fica incluída na execução financeira disposta no Projeto de Lei n.º 39/2025, que estima a receita e fixa a despesa para o exercício financeiro de 2026, a seguinte programação:_x000D_
+_x000D_
+Item	Local	Aquisição/Serviço	Valor_x000D_
+I	Secretaria Municipal de Saúde	Recursos livres 	R$ 107.863,58 (cento e sete mil, oitocentos e sessenta e três reais, e cinquenta e oito centavos) _x000D_
+II	Secretaria Municipal de Meio Ambiente, Agricultura e Bem-Estar Animal	Implantação do PARCÃO, no Parque do Lago 	R$ 50.000,00 (cinquenta mil reais) _x000D_
+III	S</t>
+  </si>
+  <si>
+    <t>1556</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1556/fc_emenda.modificativa.2_microchipagem_09.12.25.pdf</t>
+  </si>
+  <si>
+    <t>Modifica artigo 11 do Projeto de Lei nº 33/2025, que Dispõe sobre a identificação eletrônica (microchipagem) de cães e gatos no âmbito do Município de Quatro Barras, e dá outras providências._x000D_
+Retidada pelo autor.</t>
+  </si>
+  <si>
+    <t>1557</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1557/fc_emenda.modificativa.1_microchipagem_09.12.25.pdf</t>
+  </si>
+  <si>
+    <t>Modifica artigo 13 do Projeto de Lei nº 33/2025, que Dispõe sobre a identificação eletrônica (microchipagem) de cães e gatos no âmbito do Município de Quatro Barras, e dá outras providências. _x000D_
+Retirada pelo autor.</t>
+  </si>
+  <si>
+    <t>1561</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1561/emenda_modificativa_01__ao_projeto_de_lei_49_2025_1.pdf</t>
+  </si>
+  <si>
+    <t>EMENDA MODIFICATIVA N º 01 AO PROJETO DE LEI Nº 49/2025_x000D_
+_x000D_
+Súmula: Altera a Lei nº 909, de 28 de janeiro de 2015, e dá outras providências._x000D_
+_x000D_
+Com escopo no §1º do artigo 119 do Regimento Interno da Câmara Municipal de Quatro Barras, vêm o Vereador Sandro Eleno Andreatta propor emenda modificativa ao Projeto de Lei nº 38/2025, passando a vigorar com a seguinte redação:_x000D_
+_x000D_
+Art. 1º - Altera o Anexo III, do Art. 1º da Lei nº 49/2025, para que passe a vigorar com a seguinte redação:_x000D_
+_x000D_
+“DIRETOR ADMINISTRATIVO GERAL PRONTO ATENDIMENTO:_x000D_
+Requisito Mínimo: Experiência Profissional e Formação em Nível Superior._x000D_
+_x000D_
+COORDENADOR ADMINISTRATIVO PRONTO ATENDIMENTO:_x000D_
+Requisito Mínimo: Experiência Profissional e Formação em Nível Técnico; ou Formação em Nível Superior.</t>
+  </si>
+  <si>
     <t>1211</t>
   </si>
   <si>
     <t>VET</t>
   </si>
   <si>
     <t>RAZÕES DO VETO</t>
   </si>
   <si>
     <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1211/veto_total_pl_06_2025.pdf</t>
   </si>
   <si>
     <t>Veto Total PL 06/2025</t>
   </si>
   <si>
     <t>1278</t>
   </si>
   <si>
     <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1278/veto_05_2025.pdf</t>
   </si>
   <si>
     <t>Veto Parcial 05/2025</t>
+  </si>
+  <si>
+    <t>1493</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1493/veto_total_do_projeto_de_lei_21_2025.pdf</t>
+  </si>
+  <si>
+    <t>Veto parcial ao Projeto de Lei 21/2025</t>
   </si>
   <si>
     <t>1027</t>
   </si>
   <si>
     <t>MEN</t>
   </si>
   <si>
     <t>MENSAGEM</t>
   </si>
   <si>
     <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1027/mensagem_01_2025.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 909, de 28 de janeiro de 2015, e dá outras providências.</t>
   </si>
   <si>
     <t>1028</t>
   </si>
   <si>
     <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1028/mensagem_02_2025.pdf</t>
   </si>
   <si>
     <t>Autoriza a revisão geral anual relativa à reposição da variação inflacionária aos servidores municipais ativos, inativos, pensionistas, conselheiros tutelares, agentes comunitários de saúde, agentes de combate às endemias e médicos do programa da saúde da família, e dá outras providências.</t>
   </si>
@@ -4926,67 +6109,196 @@
   <si>
     <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1404/mensagem_35_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes para a elaboração da Lei Orçamentária para o exercício financeiro de 2026 e dá outras providências.</t>
   </si>
   <si>
     <t>1429</t>
   </si>
   <si>
     <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1429/mensagem_36_2025.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 1046/2017, e dá outras providências.</t>
   </si>
   <si>
     <t>1440</t>
   </si>
   <si>
     <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1440/mensagem_37_2025.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 1645/2024, e dá outras providências.</t>
   </si>
   <si>
+    <t>1455</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1455/mensagem_38_2025.pdf</t>
+  </si>
+  <si>
+    <t>•	Institui o Prêmio de Resultado de Aprendizagem a servidores lotados na Secretaria Municipal de Educação, Esporte, Lazer e Juventude</t>
+  </si>
+  <si>
+    <t>1472</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1472/mensagem_39_2025.pdf</t>
+  </si>
+  <si>
+    <t>Estima a Receita e fixa a Despesa do Município de Quatro Barras para o exercício financeiro de 2026.</t>
+  </si>
+  <si>
+    <t>1506</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1506/mensagem_40_2025.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei n° 907/2015 e Lei nº 909/20215, e dá_x000D_
+outras providências.</t>
+  </si>
+  <si>
+    <t>1507</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1507/mensagem_41_2025.pdf</t>
+  </si>
+  <si>
+    <t>Ratifica o Protocolo de Intenções firmado entre o Estado do Paraná e os Municípios do Estado do Paraná subscritores, com a finalidade de formalizar a constituição e adequação do Consórcio Intergestores Paraná Saúde - CIPS aos termos do regime previsto na Lei Federal n°._x000D_
+11.107/2005 e sua regulamentação, voltado ao desenvolvimento de ações na área da assistência farmacêutica no âmbito do Sistema Único de Saúde (SUS).</t>
+  </si>
+  <si>
+    <t>1508</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1508/mensagem_42_2025.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei Municipal n° 3/2003 que "Dispõe sobre a Política para o Meio Ambiente do Município de Quatro Barras", unificando o Conselho Municipal de Meio_x000D_
+Ambiente e o Conselho Municipal de Saneamento Básico, bem como inserindo o Fundo Municipal de Saneamento Básico, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1509</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1509/mensagem_43_2025.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei n° 907/2015 e Lei nº 909/20215, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1510</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1510/mensagem_44_2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre autorização para abertura de Crédito Adicional Especial no valor de R$ 14.370,00 (quatorze mil, trezentos e setenta reais), ao orçamento geral do corrente exercício, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1511</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1511/mensagem_45_2025.pdf</t>
+  </si>
+  <si>
+    <t>Ratifica a Consolidação do Protocolo de Intenções do Consórcio Intermunicipal das Guardas Municipais da Região Metropolitana de Curitiba, nos termos da Lei Federal nº 11.10, de 6 de abril de 2005 e Decreto Federal nº 6.017, de 17 de janeiro de 2007.</t>
+  </si>
+  <si>
+    <t>1512</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1512/mensagem_46_2025.pdf</t>
+  </si>
+  <si>
+    <t>Esta lei tem por objetivo regulamentar o serviço de Inspeção Municipal – SIM/POA, e os procedimentos de inspeção e fiscalização sanitária em estabelecimentos de produtos de origem animal no município de Quatro Barras, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1542</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1542/brn94ddf83c96a5_006327.pdf</t>
+  </si>
+  <si>
+    <t>Cria o Conselho Municipal de Esporte e Lazer – CMEL e institui o Fundo Municipal de Esporte e Lazer – FMEL do Município de Quatro Barras</t>
+  </si>
+  <si>
+    <t>1552</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1552/brn94ddf83c96a5_006516.pdf</t>
+  </si>
+  <si>
+    <t>•	Ratifica a redação do contrato de consórcio público e do Estatuto Social do Consórcio Intermunicipal de Saneamento do Paraná (CISPAR) e autoriza o ingresso do Município no referido Consórcio</t>
+  </si>
+  <si>
+    <t>1555</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1555/mensagem_49_2025.pdf</t>
+  </si>
+  <si>
+    <t>•	Altera a Lei nº 909, de 28 de janeiro de 2015, e dá outras providências</t>
+  </si>
+  <si>
     <t>1163</t>
   </si>
   <si>
     <t>RESP</t>
   </si>
   <si>
     <t>RESPOSTA REQUERIMENTO</t>
   </si>
   <si>
     <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1163/oficio_079_2025.pdf</t>
   </si>
   <si>
     <t>Ofício 79/2025/GAB/SMGICS_x000D_
 Resposta ao Requerimento 03/2025, dilação de prazo.</t>
   </si>
   <si>
     <t>1164</t>
+  </si>
+  <si>
+    <t>1501</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1501/oficio_352_2025_resposta_requerimento_08_2025.pdf</t>
+  </si>
+  <si>
+    <t>Resposta Requeriemento 08/2025</t>
+  </si>
+  <si>
+    <t>1566</t>
+  </si>
+  <si>
+    <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1566/oficio_415_2025_resposta_requerimento_09_2025.pdf</t>
+  </si>
+  <si>
+    <t>Resposta Requerimento 09/2025</t>
   </si>
   <si>
     <t>1034</t>
   </si>
   <si>
     <t>OF</t>
   </si>
   <si>
     <t>OFÍCIOS RECEBIDOS</t>
   </si>
   <si>
     <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1034/oficio_017_2025.pdf</t>
   </si>
   <si>
     <t>Ofício 17 2025 Solicitação de Extraordinária</t>
   </si>
   <si>
     <t>1075</t>
   </si>
   <si>
     <t>https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1075/oficio_42_2025_licenca_prefeito.pdf</t>
   </si>
   <si>
     <t>Licença do prefeito para ausência do município, e do país, no período de 25/02/2025 a 20/03/2025, por motivo interesse particular.</t>
   </si>
@@ -5314,56 +6626,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1035/indicacao_01_2025_.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1036/indicacao_02_2025_.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1037/indicacao_03_2025_.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1039/indicacao_04_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1040/indicacao_05_2025_.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1041/06.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1042/00-2025_manutencao_pista_de_skate.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1043/piso_salarial_professores.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1045/indicacao_09_2025_revitalizacao_praca_ceu.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1046/indicacao_010_2025_iluminacao.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1047/indicacao_11_2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1051/12.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1052/00-2025_manutencao_da_rua_jacob_zattoni.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1053/14.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1055/16.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1056/17.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1057/18.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1063/indicacao_19_2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1065/indicacao_020_2025_campo_florestal.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1066/21.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1067/22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1068/estradas.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1070/24.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1071/25.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1072/indicacao_xxx_2025_iluminacao_publica_escola_joao_curupana.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1073/27.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1076/28.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1077/indicacao_29_2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1078/indicacao_30_2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1079/indicacao_31_2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1081/troca_das_manilhas.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1082/indicacao_33_2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1083/34.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1084/35.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1085/36.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1088/37.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1090/indicacao_para_que_seja_realizada_uma_reeorganizacao_de_transito_em_frente_a_escola_municipal_izhair_lago.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1092/39.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1091/indicacao_40__2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1095/41.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1096/042.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1097/43.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1098/indicacao_44_2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1101/45.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1102/indicacao_46_2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1103/47.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1106/indicacao_48_2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1107/49.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1108/50.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1114/indicacao_51_2025_.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1116/52.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1117/indicacao_53_2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1118/indicacao_54_2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1119/indicacao_55_2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1120/indicacao_56_2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1127/indicacao_57_2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1128/indicacao_58_2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1129/indicacao_59_2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1130/indicacao_60_2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1131/61.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1132/quadra_do_jardim_graciosa.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1133/fc_indicacao_melhorias.est.baitaca_23.05.25.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1134/64.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1136/66.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1137/67.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1138/68.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1139/69.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1140/70.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1145/indicacao_71_2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1146/indicacao_72_2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1147/73.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1148/indicacao_74_2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1149/indicacao_75_2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1150/indicacao_76_2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1151/indicacao_77__2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1152/indicacao_78_2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1153/indicacao_79_2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1154/80.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1155/81.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1156/82.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1157/83.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1158/84.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1161/fc_indicacao_placa.acesso.rua.avelino_regis.bit_04.04.25.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1165/86.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1166/87.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1168/indicacao_88_2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1169/indicacao_89_2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1170/indicacao_90_2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1171/91.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1174/indicacao_92_2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1176/indicacao_93_2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1177/indicacao_94_2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1178/indicacao_95_2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1179/indicacao_96_2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1180/97.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1187/98.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1190/indicacao_99_2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1191/indicacao_100_2025.docx.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1192/indicacao_101_2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1193/indicacao_102_2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1196/indicacao_103_2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1199/escola_ernesto_milani_0104.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1200/iluminacao_publica_bairro_palmitalzinho._105.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1201/106.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1206/107.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1207/108.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1208/109.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1214/indicacao_110.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1215/indicacao_111.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1216/indicacao_para_instalacao_de_placa_com_os_dizeres_proibido_jogar_lixo_e_entulho_ao_final_da_r._alfredo_terzi_-_borda_do_campo..pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1217/113.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1218/114.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1219/115.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1220/indicacao_116_2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1225/indicacao_117_2025_.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1226/indicacao_118_2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1227/indicacao_119_2025_.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1228/indicacao_120_2025_.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1229/indicacao_121_2025_.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1231/redutor_de_velocidade_bairro_rio_do_meio..pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1232/indicacao_123_2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1233/indicacao_124_2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1234/indicacao_125_2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1235/indicacao_126_2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1236/indicacao_127_2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1237/indicacao_128_2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1238/indicacao_129_2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1239/indicacao_130_2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1240/indicacao_131_2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1243/132.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1244/indicacao_xxx_2025_iluminacao_publica_praca_daniel.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1245/134.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1246/135.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1247/136.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1248/137.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1251/indico_realizacao_de_audiencia_publica_no_bairro_borda_do_campo__pavimentacao_da_rua_do_cavo_rua_valentin_andreatta.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1252/139.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1253/140.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1254/indicacao_retroescavadeira_borda_29.05.25.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1257/placas_sinalizando_vaga_de_idoso_e_cadeirante.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1264/143.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1265/indicacao_144_2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1266/indicacao_145_2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1268/indicacao_146_2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1269/indicacao_147_2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1270/indicacao_148_2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1271/149.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1272/indicacao_150_2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1273/151.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1274/152.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1276/fc_indicacao_radar.rochesa_12.06.25.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1277/154.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1279/155.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1283/indicacao_xxx_2025_pavimentacao_rua_alberto_adamoski.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1284/157.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1287/-2025_cobertura_da_quadra_de_esportes_da_escola_especial_joanna_valache..pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1292/fc_indicacao_projeto_programa_cesta_cheia_17.06.25.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1295/alteracao_de_lombada..pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1298/indicacao_xxx_2025_reparo_e_manutencao_na_rua_vitor_alves_cordeiro.docx" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1300/indicacao.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1301/colonia_maria_jose.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1303/indicacao_xxx_2025_pavimentacao_rua_domingos_da_rocha_santos.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1305/fc_indicacao_projeto_horarios.onibus.campininha_10.07.25.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1314/indicacao_166_2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1315/indicacao_167_2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1316/fc_indicacao_sinalizac_lombada.lagoa.azul_24.07.25.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1317/-2025_melhorias_na_travessa_angelo_chilanti_em_frente_ao_colegio_civico-militar_elias_abrahao.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1318/indicacao_170_2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1320/indicacao_para_que_seja_realizada_a_instalacao_de_um_guarda-corpo_guard_rail_para_protecao_das_calcadas_e_do_poste_localizado_na_rua_henrique_hendyk_esquina_com_a_travessa_anhangava.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1321/indicacao_172_2025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1322/indicacao_173_2025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1325/indicacao_xxx_2025_instalacao_de_brinquedos_e_playgrouds_praca_zequinha_jardim.docx" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1326/pavimentacao_rua_eulalia_santos_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1329/fc_indicacao_travessia.elevada_escola.tancredo.neves_campininha_01.08.25.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1332/indicacao_177_2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1333/indicacao_178_2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1335/indicacao_180_2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1336/indicacao_181_2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1337/indicacao_182_2025.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1338/indicacao_183_2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1341/via_mao_unica.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1342/praca_pedro_miranda.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1343/indicacao_186_2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1344/indicacao_187_2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1346/188.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1347/189.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1348/190.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1349/indicacao_191_2025.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1351/189.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1352/193.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1358/demarcacao_viaria_do_menino_deus.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1360/indicacao_195_2025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1361/indicacao_196_2025.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1364/197.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1365/indicacao_para_que_seja_realizada_troca_e_manutencao_das_lampadas_de_iluminacao_publica_na_rua_henrique_hendik_na_altura_do_numero_452_bairro_pinheirinho_regiao_da_borda_do_campo..pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1368/99.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1369/200.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1370/indicacao_201_2025.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1371/indicacao_202_2025.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1372/indicacao_203_2025.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1373/indicacao_204_2025.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1374/indicacao_205_2025.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1379/indicacao_206_2025.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1380/indicacao_207_2025.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1381/indicacao_208_2025.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1382/fc_indicacao_alargamento.acesso.s.sebast.e.av.dom.pedro_04.09.25.docx" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1384/indicacao_210_2025.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1385/indicacao_211_2025.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1386/212.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1387/213.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1388/indicacao_xxx_2025_pavimentacao_rua_valentin_andreatta.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1391/indicacao_215_2025.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1392/indicacao_216_2025.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1393/indicacao_217_2025.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1395/indicacao_218-2025.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1397/indicacao_219_2025.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1398/indicacao_220_2025.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1401/indicacao_221_2025.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1402/indicacao_222_2025.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1403/indicacao_223_2025.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1406/indicacao_224_2025.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1407/indicacao_225_2025.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1408/indicacao_226.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1411/indicacao_227_2025.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1414/indicacao_228_2025.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1417/indicacao_229_2025.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1418/indicacao_230_2025.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1419/indicacao_231_2025.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1420/indicacao_232_2025.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1424/indicacao_carreta_rosa.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1426/234.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1427/indicacao_xxx_2025_reparo_de_buraco_na_rua_rio_capivari_mirim.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1428/236.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1430/fc_indicacao_atividades.lazer.verao_29.09.25.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1432/indicacao_238_2025.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1433/indicacao_239_2025.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1434/indicacao_240_2025.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1435/indicacao_241_2025.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1436/242.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1437/243.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1439/244.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1441/245.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1442/246.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1444/247.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1445/248.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1446/indicacao_249_2025.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1447/indicacao_250_2025.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1448/indicacao_251_2025.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1450/indicacao_252_2025.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1451/indicacao_253_2025.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1031/requerimento_01_2025.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1086/-2025_poco_artesiano_do_ribeirao_do_tigre.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1122/projeto_rua_1.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1162/requerimento_04_2025.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1172/05.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1173/equipamentos_academia_ao_ar_livre.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1175/requerimento_07_2025.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1443/08.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1029/projeto_de_lei_01_2025.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1030/projeto_de_lei_02_2025.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1038/projeto_de_lei_03_2025_anderson_mendonca.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1044/projeto_de_lei_04_2025.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1048/projeto_de_lei_xxx_2025_miss.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1058/projeto_de_lei_06_2025_cria_a_policia_legislativa.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1074/projeto_de_lei_07_2025.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1115/projeto_de_lei_8_2025.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1194/projeto_de_lei_09_2025.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1195/projeto_de_lei_10_2025.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1202/pl_11_2025.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1205/pl_12_2025.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1212/13.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1230/projeto_de_lei_dispoe_sobre_a_criacao_de_ecopontos_no_municipio_de_quatro_barras..pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1260/projeto_de_lei_15_2025.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1263/pl_ecobarreiras_1.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1275/projeto_de_lei_17_2025_regulamenta_lei_13722.2018_lei_lucas.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1294/pl_18_2025_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1340/projeto_de_lei_19_2025.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1366/projeto_de_lei_20_2025.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1367/pl_21_2025_substituido.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1383/pl_22_2025.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1394/projeto_de_lei_23_2025.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1396/projeto_de_lei_24_2025_denominacao_de_logradouro.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1405/projeto_de_lei_25_2025_semana_ativa_quatro_barras.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1415/projeto_de_lei_26_2025.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1423/projeito_de_lei_27_2025.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1049/mocao_de_pesar_luiza_do_rocio_cavali_arantes.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1050/mocao_de_pesar_daiane_linhares_da_luz.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1060/mocao_de_aplausos_diogo_henrique_dos_santos_pinto.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1061/mocao_de_pesar_lineu_gusso.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1087/mocao_de_aplausos_escola_joao_curupana.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1089/mocao_de_pesar_dornizete_artigas.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1093/mocao_de_pesar_geraldo_zanon.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1094/mocao_de_pesar_nelson_gasparin.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1099/mocao_-futsal_sub_13.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1100/mocao-_futsal_sub_11.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1104/mocao_-_comissao_tecnica.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1105/mocao_de_aplausos_escola_ernesto_milani.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1121/mocao_de_aplausos.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1123/mocao_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1124/mocao_de_aplausos_camila_wippel.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1125/mocao_de_pesar_gastao_da_silva_pinto.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1126/mocao_de_pesar_parailio_alves_pires.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1141/mocao_de_pesar_marlei_marques_de_alvarenga.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1142/mocao_de_pesar_joana_maria_da_conceicao.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1143/mocao_de_pesar_higor_jugler.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1167/mocao_de_aplausos_rotary.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1183/mocao_fabio_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1184/mocao_de_aplausos_aos_profissionais_izair_lago..pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1185/mocao_voudan.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1213/mocao_de_pesar_reginato_xavier_bittencourt.docx" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1224/mocao_de_pesar_zelinda_rodrigues_preto.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1241/mocao_para_os_canteiros..pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1242/mocao_de_aplausos_-_luiz_alberto_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1249/mocao_de_aplausos_alvaro_luiz_duarte.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1250/mocao_de_aplausos_mario_jose_duarte.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1255/fc_mocao.aplauso_canteiro_leoni_29.05.25.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1256/fc_mocao.aplauso_canteiro_luiz.honorio_29.05.25.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1258/fc_mocao.aplauso_canteiro_glaucio.pereira_29.05.25.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1259/mocao_de_aplausos_bortolo_cunico_in_memorian.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1261/mocao_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1288/mocao_mocao_de_pesar_dona_lurdes.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1296/mocao_de_aplausos_rotary_club_graciosa.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1297/mocao_de_aplausos_grupo_de_escoteiros_do_anhangava.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1302/mocao_de_pesar_jorge_vaz_sampaio.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1306/mocao_de_aplausos_previbarras.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1307/mocao_de_pesar_daniel_pereira.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1319/mocao_de_pesar_tonhao.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1323/mocao_de_aplausos.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1330/papel_timbrado_atualizado.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1350/mocao_de_aplausos_atieri_sanepar.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1354/mocao_de_pesar_enaex.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1355/mocao_de_pesar_rafael.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1356/mocao_de_pesar_zenaide.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1359/mocao_de_aplausos_angelica_cristina_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1375/mocao_de_aplausos_defesa_civil.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1376/mocao_de_aplausos_eliana_juninho.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1377/mocao_de_aplausos_josirene_juninho.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1378/mocao_de_aplausos_sandra_do_gas.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1389/mocao_de_pesar_idalina_pereira_de_morais_nascimento.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1399/mocao_de_aplausos.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1400/mocao_de_aplausos_-_giulianna_zanchettin_de_lima.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1409/mocao_de_aplausos.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1410/mocao-_giovani_de_paula_batista.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1421/mocao_de_aplausos_a_prof_cleidemar_dupinski_recuperacao_automatica.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1422/mocao_de_aplausos_a_professora_suzana_do_socorro.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1425/mocao_de_aplausos_e_reconhecimento_ao_clube_de_desbravadores_estrela_dalva_e_ao_clube_de_desbravadores_valores_de_cristo.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1431/mocao_elitinho_feira_parque_do_lago.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1452/mocao_de_aplausos_cristiane_fortes.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1064/decreto_legislativo_02_2025.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1080/decreto_legislativo_03_2025.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1112/decreto_legislativo_04_2025_jose_carlos_malko.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1111/servidor_padrao_daniel.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1262/projeto_de_decreto_legislativo_06_2025_aprovacao_de_contas_do_executivo_2023.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1280/projeto_de_decreto_legislativo_07_2024_servidor_publico_padrao_suellen.docx" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1281/projeto_de_decreto_legislativo_08_2025_servidor_tania_mara_fernando_cunha.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1282/projeto_de_decreto_legislativo_09_2025_servidor_publico_padrao_toto.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1285/projeto_de_decreto_legislativo_10_2025_luis_henrique_schmidlin_marcel.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1286/projeto_de_decreto_legislativo_11_2025_ana_paula_justino_renato.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1289/12.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1290/titulo_de_servidor_publico_padrao_a_senhora_ana_lucia_schinda.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1299/projeto_de_decreto_legislativo_xx_2025_servidora_cheron_rothemann.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1304/decreto_legislativo_15_2025.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1412/projeto_de_decreto_legislativo_16_2025_senhor_luciano_zatti._fernando_cunha.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1413/projeto_de_decreto_legislativo_17_2025.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1416/projeto_de_decreto_legislativo_18_2025_senhor_paulo_litro.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1032/projeto_de_resolucao_01_2025.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1033/projeto_de_resolucao_02_2025.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1059/projeto_de_resolucao_03_2025_auxilio_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1203/projeto_de_resolucao_04_2025.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1293/projeto_de_resolucao_05_2025.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1438/projeto_de_resolucao_06_2025.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1197/emenda_modifficativa_01_2025_-_mensagem_13_2025.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1211/veto_total_pl_06_2025.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1278/veto_05_2025.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1027/mensagem_01_2025.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1028/mensagem_02_2025.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1069/oficio_38-2025.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1109/mensagem_04_2025.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1110/mensagem_05_2025.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1144/mensagem_06_2025.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1159/oficio_076-2025_-_projeto_de_lei_joiao_-_autoriza_subsidio_tarifario_fim.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1160/oficio_066-2025_-_loreno_conselho_municipal_da_igualdade_racial_-_proc_824-2025_-_institui_fundo_fim.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1186/mensagem_09_2025.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1181/mensagem_10_2025.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1182/mensagem_11_2025.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1188/mensagem_12_2025.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1189/mensagem_13_2025_com_emenda.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1198/mensagem_14_2025.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1209/mensagem_15_2025.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1210/mensagem_16_2025.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1221/mensagem_17_2025.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1223/mensagem_18_2025.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1267/mensagem_19_2025.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1291/mensagem_20_2025.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1308/21.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1309/22.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1310/23.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1311/24.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1327/mensagem_25_2025.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1328/mensagem_26_2025_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1331/mensagem_27-2025.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1339/mensagem_28_2025.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1345/brn94ddf83c96a5_005371.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1353/mensagem_30_2025.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1357/mensagem_31_2025.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1362/oficio_287-2025.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1363/oficio_288-2025.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1390/mensagem_34_2025.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1404/mensagem_35_2025.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1429/mensagem_36_2025.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1440/mensagem_37_2025.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1163/oficio_079_2025.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1034/oficio_017_2025.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1075/oficio_42_2025_licenca_prefeito.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1035/indicacao_01_2025_.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1036/indicacao_02_2025_.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1037/indicacao_03_2025_.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1039/indicacao_04_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1040/indicacao_05_2025_.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1041/06.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1042/00-2025_manutencao_pista_de_skate.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1043/piso_salarial_professores.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1045/indicacao_09_2025_revitalizacao_praca_ceu.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1046/indicacao_010_2025_iluminacao.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1047/indicacao_11_2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1051/12.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1052/00-2025_manutencao_da_rua_jacob_zattoni.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1053/14.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1055/16.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1056/17.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1057/18.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1063/indicacao_19_2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1065/indicacao_020_2025_campo_florestal.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1066/21.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1067/22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1068/estradas.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1070/24.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1071/25.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1072/indicacao_xxx_2025_iluminacao_publica_escola_joao_curupana.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1073/27.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1076/28.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1077/indicacao_29_2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1078/indicacao_30_2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1079/indicacao_31_2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1081/troca_das_manilhas.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1082/indicacao_33_2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1083/34.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1084/35.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1085/36.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1088/37.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1090/indicacao_para_que_seja_realizada_uma_reeorganizacao_de_transito_em_frente_a_escola_municipal_izhair_lago.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1092/39.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1091/indicacao_40__2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1095/41.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1096/042.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1097/43.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1098/indicacao_44_2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1101/45.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1102/indicacao_46_2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1103/47.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1106/indicacao_48_2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1107/49.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1108/50.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1114/indicacao_51_2025_.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1116/52.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1117/indicacao_53_2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1118/indicacao_54_2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1119/indicacao_55_2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1120/indicacao_56_2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1127/indicacao_57_2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1128/indicacao_58_2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1129/indicacao_59_2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1130/indicacao_60_2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1131/61.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1132/quadra_do_jardim_graciosa.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1133/fc_indicacao_melhorias.est.baitaca_23.05.25.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1134/64.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1136/66.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1137/67.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1138/68.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1139/69.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1140/70.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1145/indicacao_71_2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1146/indicacao_72_2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1147/73.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1148/indicacao_74_2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1149/indicacao_75_2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1150/indicacao_76_2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1151/indicacao_77__2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1152/indicacao_78_2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1153/indicacao_79_2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1154/80.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1155/81.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1156/82.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1157/83.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1158/84.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1161/fc_indicacao_placa.acesso.rua.avelino_regis.bit_04.04.25.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1165/86.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1166/87.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1168/indicacao_88_2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1169/indicacao_89_2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1170/indicacao_90_2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1171/91.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1174/indicacao_92_2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1176/indicacao_93_2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1177/indicacao_94_2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1178/indicacao_95_2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1179/indicacao_96_2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1180/97.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1187/98.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1190/indicacao_99_2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1191/indicacao_100_2025.docx.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1192/indicacao_101_2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1193/indicacao_102_2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1196/indicacao_103_2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1199/escola_ernesto_milani_0104.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1200/iluminacao_publica_bairro_palmitalzinho._105.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1201/106.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1206/107.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1207/108.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1208/109.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1214/indicacao_110.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1215/indicacao_111.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1216/indicacao_para_instalacao_de_placa_com_os_dizeres_proibido_jogar_lixo_e_entulho_ao_final_da_r._alfredo_terzi_-_borda_do_campo..pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1217/113.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1218/114.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1219/115.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1220/indicacao_116_2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1225/indicacao_117_2025_.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1226/indicacao_118_2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1227/indicacao_119_2025_.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1228/indicacao_120_2025_.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1229/indicacao_121_2025_.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1231/redutor_de_velocidade_bairro_rio_do_meio..pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1232/indicacao_123_2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1233/indicacao_124_2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1234/indicacao_125_2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1235/indicacao_126_2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1236/indicacao_127_2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1237/indicacao_128_2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1238/indicacao_129_2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1239/indicacao_130_2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1240/indicacao_131_2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1243/132.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1244/indicacao_xxx_2025_iluminacao_publica_praca_daniel.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1245/134.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1246/135.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1247/136.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1248/137.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1251/indico_realizacao_de_audiencia_publica_no_bairro_borda_do_campo__pavimentacao_da_rua_do_cavo_rua_valentin_andreatta.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1252/139.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1253/140.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1254/indicacao_retroescavadeira_borda_29.05.25.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1257/placas_sinalizando_vaga_de_idoso_e_cadeirante.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1264/143.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1265/indicacao_144_2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1266/indicacao_145_2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1268/indicacao_146_2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1269/indicacao_147_2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1270/indicacao_148_2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1271/149.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1272/indicacao_150_2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1273/151.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1274/152.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1276/fc_indicacao_radar.rochesa_12.06.25.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1277/154.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1279/155.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1283/indicacao_xxx_2025_pavimentacao_rua_alberto_adamoski.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1284/157.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1287/-2025_cobertura_da_quadra_de_esportes_da_escola_especial_joanna_valache..pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1292/fc_indicacao_projeto_programa_cesta_cheia_17.06.25.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1295/alteracao_de_lombada..pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1298/indicacao_xxx_2025_reparo_e_manutencao_na_rua_vitor_alves_cordeiro.docx" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1300/indicacao.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1301/colonia_maria_jose.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1303/indicacao_xxx_2025_pavimentacao_rua_domingos_da_rocha_santos.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1305/fc_indicacao_projeto_horarios.onibus.campininha_10.07.25.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1314/indicacao_166_2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1315/indicacao_167_2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1316/fc_indicacao_sinalizac_lombada.lagoa.azul_24.07.25.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1317/-2025_melhorias_na_travessa_angelo_chilanti_em_frente_ao_colegio_civico-militar_elias_abrahao.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1318/indicacao_170_2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1320/indicacao_para_que_seja_realizada_a_instalacao_de_um_guarda-corpo_guard_rail_para_protecao_das_calcadas_e_do_poste_localizado_na_rua_henrique_hendyk_esquina_com_a_travessa_anhangava.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1321/indicacao_172_2025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1322/indicacao_173_2025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1325/indicacao_xxx_2025_instalacao_de_brinquedos_e_playgrouds_praca_zequinha_jardim.docx" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1326/pavimentacao_rua_eulalia_santos_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1329/fc_indicacao_travessia.elevada_escola.tancredo.neves_campininha_01.08.25.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1332/indicacao_177_2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1333/indicacao_178_2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1335/indicacao_180_2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1336/indicacao_181_2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1337/indicacao_182_2025.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1338/indicacao_183_2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1341/via_mao_unica.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1342/praca_pedro_miranda.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1343/indicacao_186_2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1344/indicacao_187_2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1346/188.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1347/189.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1348/190.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1349/indicacao_191_2025.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1351/189.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1352/193.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1358/demarcacao_viaria_do_menino_deus.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1360/indicacao_195_2025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1361/indicacao_196_2025.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1364/197.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1365/indicacao_para_que_seja_realizada_troca_e_manutencao_das_lampadas_de_iluminacao_publica_na_rua_henrique_hendik_na_altura_do_numero_452_bairro_pinheirinho_regiao_da_borda_do_campo..pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1368/99.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1369/200.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1370/indicacao_201_2025.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1371/indicacao_202_2025.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1372/indicacao_203_2025.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1373/indicacao_204_2025.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1374/indicacao_205_2025.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1379/indicacao_206_2025.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1380/indicacao_207_2025.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1381/indicacao_208_2025.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1382/fc_indicacao_alargamento.acesso.s.sebast.e.av.dom.pedro_04.09.25.docx" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1384/indicacao_210_2025.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1385/indicacao_211_2025.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1386/212.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1387/213.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1388/indicacao_xxx_2025_pavimentacao_rua_valentin_andreatta.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1391/indicacao_215_2025.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1392/indicacao_216_2025.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1393/indicacao_217_2025.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1395/indicacao_218-2025.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1397/indicacao_219_2025.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1398/indicacao_220_2025.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1401/indicacao_221_2025.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1402/indicacao_222_2025.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1403/indicacao_223_2025.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1406/indicacao_224_2025.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1407/indicacao_225_2025.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1408/indicacao_226.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1411/indicacao_227_2025.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1414/indicacao_228_2025.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1417/indicacao_229_2025.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1418/indicacao_230_2025.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1419/indicacao_231_2025.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1420/indicacao_232_2025.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1424/indicacao_carreta_rosa.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1426/234.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1427/indicacao_xxx_2025_reparo_de_buraco_na_rua_rio_capivari_mirim.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1428/236.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1430/fc_indicacao_atividades.lazer.verao_29.09.25.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1432/indicacao_238_2025.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1433/indicacao_239_2025.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1434/indicacao_240_2025.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1435/indicacao_241_2025.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1436/242.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1437/243.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1439/244.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1441/245.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1442/246.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1444/247.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1445/248.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1446/indicacao_249_2025.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1447/indicacao_250_2025.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1448/indicacao_251_2025.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1450/indicacao_252_2025.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1451/indicacao_253_2025.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1454/indicacao_255_2025.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1457/256.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1466/indicacao_quadro_jardim_oreste_.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1467/indicacao_258_2025.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1471/indicacao_259_2025.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1477/260.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1479/indicacao_261_2025.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1486/indicacao_262_2025.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1495/indicacao_263_2025.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1497/indicacao_264_2025.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1498/indicacao_265_2025.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1504/indicacao_266_2025.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1515/indicacao_xxx_2025_reparo_e_manutencao_da_praca_municipal_maria_alves_proenca_-_jd_orestes_tha.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1527/iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1528/fc_indicacao_rua_nilo.favaro_pint.vagas.estacionamento_centro_12.11.25.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1529/indicacao_270_2025.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1530/271.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1531/praca__qb.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1532/indicacao_273_2025.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1533/indicacao_274_2025.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1535/indicacao_275_2025.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1536/indicacao_276_2025.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1540/indicacao_277_2025.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1543/indicacao_278_2025.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1546/279.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1547/280.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1548/281.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1031/requerimento_01_2025.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1086/-2025_poco_artesiano_do_ribeirao_do_tigre.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1122/projeto_rua_1.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1162/requerimento_04_2025.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1172/05.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1173/equipamentos_academia_ao_ar_livre.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1175/requerimento_07_2025.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1443/08.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1550/requerimento_09_2025.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1554/requerimento_10_2025_concurso.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1029/projeto_de_lei_01_2025.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1030/projeto_de_lei_02_2025.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1038/projeto_de_lei_03_2025_anderson_mendonca.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1044/projeto_de_lei_04_2025.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1048/projeto_de_lei_xxx_2025_miss.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1058/projeto_de_lei_06_2025_cria_a_policia_legislativa.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1074/projeto_de_lei_07_2025.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1115/projeto_de_lei_8_2025.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1194/projeto_de_lei_09_2025.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1195/projeto_de_lei_10_2025.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1202/pl_11_2025.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1205/pl_12_2025.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1212/13.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1230/projeto_de_lei_dispoe_sobre_a_criacao_de_ecopontos_no_municipio_de_quatro_barras..pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1260/projeto_de_lei_15_2025.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1263/pl_ecobarreiras_1.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1275/projeto_de_lei_17_2025_regulamenta_lei_13722.2018_lei_lucas.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1294/pl_18_2025_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1340/projeto_de_lei_19_2025.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1366/projeto_de_lei_20_2025.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1367/pl_21_2025_substituido.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1383/pl_22_2025.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1394/projeto_de_lei_23_2025.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1396/projeto_de_lei_24_2025_denominacao_de_logradouro.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1405/projeto_de_lei_25_2025_semana_ativa_quatro_barras.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1415/projeto_de_lei_26_2025.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1423/projeito_de_lei_27_2025.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1449/projeto_de_lei_28_2025_cunha.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1521/projeto_de_lei_31_2025_altera_691.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1534/projeto_de_lei_32_2025.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1539/33.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1553/projeto_de_lei_34_2025.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1049/mocao_de_pesar_luiza_do_rocio_cavali_arantes.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1050/mocao_de_pesar_daiane_linhares_da_luz.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1060/mocao_de_aplausos_diogo_henrique_dos_santos_pinto.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1061/mocao_de_pesar_lineu_gusso.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1087/mocao_de_aplausos_escola_joao_curupana.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1089/mocao_de_pesar_dornizete_artigas.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1093/mocao_de_pesar_geraldo_zanon.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1094/mocao_de_pesar_nelson_gasparin.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1099/mocao_-futsal_sub_13.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1100/mocao-_futsal_sub_11.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1104/mocao_-_comissao_tecnica.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1105/mocao_de_aplausos_escola_ernesto_milani.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1121/mocao_de_aplausos.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1123/mocao_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1124/mocao_de_aplausos_camila_wippel.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1125/mocao_de_pesar_gastao_da_silva_pinto.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1126/mocao_de_pesar_parailio_alves_pires.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1141/mocao_de_pesar_marlei_marques_de_alvarenga.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1142/mocao_de_pesar_joana_maria_da_conceicao.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1143/mocao_de_pesar_higor_jugler.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1167/mocao_de_aplausos_rotary.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1183/mocao_fabio_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1184/mocao_de_aplausos_aos_profissionais_izair_lago..pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1185/mocao_voudan.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1213/mocao_de_pesar_reginato_xavier_bittencourt.docx" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1224/mocao_de_pesar_zelinda_rodrigues_preto.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1241/mocao_para_os_canteiros..pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1242/mocao_de_aplausos_-_luiz_alberto_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1249/mocao_de_aplausos_alvaro_luiz_duarte.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1250/mocao_de_aplausos_mario_jose_duarte.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1255/fc_mocao.aplauso_canteiro_leoni_29.05.25.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1256/fc_mocao.aplauso_canteiro_luiz.honorio_29.05.25.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1258/fc_mocao.aplauso_canteiro_glaucio.pereira_29.05.25.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1259/mocao_de_aplausos_bortolo_cunico_in_memorian.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1261/mocao_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1288/mocao_mocao_de_pesar_dona_lurdes.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1296/mocao_de_aplausos_rotary_club_graciosa.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1297/mocao_de_aplausos_grupo_de_escoteiros_do_anhangava.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1302/mocao_de_pesar_jorge_vaz_sampaio.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1306/mocao_de_aplausos_previbarras.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1307/mocao_de_pesar_daniel_pereira.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1319/mocao_de_pesar_tonhao.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1323/mocao_de_aplausos.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1330/papel_timbrado_atualizado.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1350/mocao_de_aplausos_atieri_sanepar.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1354/mocao_de_pesar_enaex.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1355/mocao_de_pesar_rafael.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1356/mocao_de_pesar_zenaide.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1359/mocao_de_aplausos_angelica_cristina_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1375/mocao_de_aplausos_defesa_civil.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1376/mocao_de_aplausos_eliana_juninho.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1377/mocao_de_aplausos_josirene_juninho.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1378/mocao_de_aplausos_sandra_do_gas.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1389/mocao_de_pesar_idalina_pereira_de_morais_nascimento.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1399/mocao_de_aplausos.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1400/mocao_de_aplausos_-_giulianna_zanchettin_de_lima.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1409/mocao_de_aplausos.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1410/mocao-_giovani_de_paula_batista.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1421/mocao_de_aplausos_a_prof_cleidemar_dupinski_recuperacao_automatica.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1422/mocao_de_aplausos_a_professora_suzana_do_socorro.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1425/mocao_de_aplausos_e_reconhecimento_ao_clube_de_desbravadores_estrela_dalva_e_ao_clube_de_desbravadores_valores_de_cristo.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1431/mocao_elitinho_feira_parque_do_lago.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1452/mocao_de_aplausos_cristiane_fortes.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1456/mocao_de_aplausos_a_gerson_jose_da_cruz.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1459/mocao_de_aplausos_pedro_rossi.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1460/mocao_de_aplausos_maria_aparecida_jardim_marquezine_cida.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1461/fc_mocao.aplauso_monteiro_detran_15.10.25.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1462/fc_mocao.aplauso_sirlei_15.10.25.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1463/mocao_de_aplausos.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1464/mocao_de_aplausos_reinado_jose_pereira.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1465/mocao_rafael.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1468/mocao_de_aplausos_-_maria_jose_araujo_tamburi.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1469/mocao_de_aplausos_1.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1470/mocao_de_aplausos.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1473/mocao_de_aplausos__.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1474/mocao_de_aplausos____.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1475/mocao_de_aplausos.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1478/mocao_de_aplausos.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1487/mocao_de_aplausos.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1488/mocao_de_aplausos.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1489/mocao_de_aplausos_e_reconhecimento_luis_carlos_stokolosa.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1490/mocao_de_aplausos_e_reconhecimento_jose_valdir_de_souza.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1491/123.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1494/mocao_de_aplausos_e_reconhecimento_ludison_alves_de_freitas_e_alisson_alves_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1496/mocao_dr_fernando.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1500/mocao_de_aplausos_alessandro_cordeiro_blanco.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1502/mocao_de_aplausos.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1503/mocao_de_aplausos_01.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1505/mocao_-_professora_erika_prestes_andreatta.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1513/mocao_de_aplausos.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1514/mocao_associacao.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1516/mocao_de_aplausos_marcos_farias.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1538/fc_mocao.aplauso_samuel.escola_26.11.25.docx" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1544/mocao_de_aplausos_giulianna_zanchettin.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1549/mocao_de_aplausos_-_delegada_gessica_feitosa_moraes_andrade.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1551/mocao_de_pesar_darci_guimaraes.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1558/mocao_de_aplausos_rosangela_jucoski.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1559/mocao_de_aplausos_a_professora_sueli_terezinha.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1560/mocao_de_aplausos_prof.gretchen_abreu_saenz_yamakawa.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1064/decreto_legislativo_02_2025.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1080/decreto_legislativo_03_2025.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1112/decreto_legislativo_04_2025_jose_carlos_malko.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1111/servidor_padrao_daniel.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1262/projeto_de_decreto_legislativo_06_2025_aprovacao_de_contas_do_executivo_2023.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1280/projeto_de_decreto_legislativo_07_2024_servidor_publico_padrao_suellen.docx" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1281/projeto_de_decreto_legislativo_08_2025_servidor_tania_mara_fernando_cunha.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1282/projeto_de_decreto_legislativo_09_2025_servidor_publico_padrao_toto.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1285/projeto_de_decreto_legislativo_10_2025_luis_henrique_schmidlin_marcel.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1286/projeto_de_decreto_legislativo_11_2025_ana_paula_justino_renato.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1289/12.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1290/titulo_de_servidor_publico_padrao_a_senhora_ana_lucia_schinda.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1299/projeto_de_decreto_legislativo_xx_2025_servidora_cheron_rothemann.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1304/decreto_legislativo_15_2025.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1412/projeto_de_decreto_legislativo_16_2025_senhor_luciano_zatti._fernando_cunha.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1413/projeto_de_decreto_legislativo_17_2025.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1416/projeto_de_decreto_legislativo_18_2025_senhor_paulo_litro.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1499/projeto_de_decreto_legislativo_19_2025_aprovacao_de_contas_executivo_2024.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1537/projeto_de_decreto_legislativo_20_2025_senhor_alexandre_curi.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1545/projeto_de_decreto_legislativo_-_cidada_honoraria_flavia_francischini.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1032/projeto_de_resolucao_01_2025.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1033/projeto_de_resolucao_02_2025.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1059/projeto_de_resolucao_03_2025_auxilio_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1203/projeto_de_resolucao_04_2025.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1293/projeto_de_resolucao_05_2025.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1438/projeto_de_resolucao_06_2025.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1197/emenda_modifficativa_01_2025_-_mensagem_13_2025.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1458/emenda_aditiva_mensagem_36_2025.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1480/emenda_modificativa_01__ao_projeto_de_lei_38_2025.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1481/emenda_modificativa_04__ao_projeto_de_lei_38_2025.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1482/emenda_modificativa_002__ao_projeto_de_lei_38_2025.docx" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1483/emenda_modificativa_06__ao_projeto_de_lei_38_2025.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1484/emenda_modificativa_03__ao_projeto_de_lei_38_2025.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1485/emenda_modificativa_05__ao_projeto_de_lei_38_2025.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1517/emenda_impositiva_01_2025_antonio_cezar_creplive.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1518/emenda_impositiva_03_2025_leno.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1519/emenda_impositiva_02_2025_rato.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1520/emenda_impositiva_04_2025_renato.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1522/emenda_impositiva_marcel.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1523/emenda_impositiva_dudu.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1524/emenda_06_2025_thiago.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1525/emenda_iimpossitiva_09.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1526/emenda_impositiva_05_2025_fernando.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1556/fc_emenda.modificativa.2_microchipagem_09.12.25.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1557/fc_emenda.modificativa.1_microchipagem_09.12.25.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1561/emenda_modificativa_01__ao_projeto_de_lei_49_2025_1.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1211/veto_total_pl_06_2025.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1278/veto_05_2025.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1493/veto_total_do_projeto_de_lei_21_2025.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1027/mensagem_01_2025.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1028/mensagem_02_2025.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1069/oficio_38-2025.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1109/mensagem_04_2025.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1110/mensagem_05_2025.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1144/mensagem_06_2025.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1159/oficio_076-2025_-_projeto_de_lei_joiao_-_autoriza_subsidio_tarifario_fim.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1160/oficio_066-2025_-_loreno_conselho_municipal_da_igualdade_racial_-_proc_824-2025_-_institui_fundo_fim.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1186/mensagem_09_2025.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1181/mensagem_10_2025.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1182/mensagem_11_2025.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1188/mensagem_12_2025.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1189/mensagem_13_2025_com_emenda.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1198/mensagem_14_2025.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1209/mensagem_15_2025.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1210/mensagem_16_2025.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1221/mensagem_17_2025.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1223/mensagem_18_2025.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1267/mensagem_19_2025.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1291/mensagem_20_2025.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1308/21.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1309/22.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1310/23.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1311/24.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1327/mensagem_25_2025.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1328/mensagem_26_2025_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1331/mensagem_27-2025.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1339/mensagem_28_2025.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1345/brn94ddf83c96a5_005371.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1353/mensagem_30_2025.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1357/mensagem_31_2025.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1362/oficio_287-2025.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1363/oficio_288-2025.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1390/mensagem_34_2025.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1404/mensagem_35_2025.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1429/mensagem_36_2025.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1440/mensagem_37_2025.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1455/mensagem_38_2025.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1472/mensagem_39_2025.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1506/mensagem_40_2025.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1507/mensagem_41_2025.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1508/mensagem_42_2025.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1509/mensagem_43_2025.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1510/mensagem_44_2025.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1511/mensagem_45_2025.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1512/mensagem_46_2025.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1542/brn94ddf83c96a5_006327.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1552/brn94ddf83c96a5_006516.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1555/mensagem_49_2025.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1163/oficio_079_2025.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1501/oficio_352_2025_resposta_requerimento_08_2025.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1566/oficio_415_2025_resposta_requerimento_09_2025.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1034/oficio_017_2025.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatrobarras.pr.leg.br/media/sapl/public/materialegislativa/2025/1075/oficio_42_2025_licenca_prefeito.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H422"/>
+  <dimension ref="A1:H529"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="245.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -11945,4408 +13257,7190 @@
       </c>
       <c r="D254" t="s">
         <v>11</v>
       </c>
       <c r="E254" t="s">
         <v>12</v>
       </c>
       <c r="F254" t="s">
         <v>13</v>
       </c>
       <c r="G254" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H254" t="s">
         <v>1029</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
         <v>1030</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
-        <v>10</v>
+        <v>1031</v>
       </c>
       <c r="D255" t="s">
-        <v>1031</v>
+        <v>11</v>
       </c>
       <c r="E255" t="s">
+        <v>12</v>
+      </c>
+      <c r="F255" t="s">
+        <v>30</v>
+      </c>
+      <c r="G255" s="1" t="s">
         <v>1032</v>
       </c>
-      <c r="F255" t="s">
+      <c r="H255" t="s">
         <v>1033</v>
-      </c>
-[...4 lines deleted...]
-        <v>1035</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
+        <v>1034</v>
+      </c>
+      <c r="B256" t="s">
+        <v>9</v>
+      </c>
+      <c r="C256" t="s">
+        <v>1035</v>
+      </c>
+      <c r="D256" t="s">
+        <v>11</v>
+      </c>
+      <c r="E256" t="s">
+        <v>12</v>
+      </c>
+      <c r="F256" t="s">
         <v>1036</v>
-      </c>
-[...13 lines deleted...]
-        <v>35</v>
       </c>
       <c r="G256" s="1" t="s">
         <v>1037</v>
       </c>
       <c r="H256" t="s">
         <v>1038</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
         <v>1039</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
-        <v>21</v>
+        <v>1040</v>
       </c>
       <c r="D257" t="s">
-        <v>1031</v>
+        <v>11</v>
       </c>
       <c r="E257" t="s">
-        <v>1032</v>
+        <v>12</v>
       </c>
       <c r="F257" t="s">
-        <v>35</v>
+        <v>89</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="H257" t="s">
-        <v>1041</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
-        <v>1042</v>
+        <v>1043</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
-        <v>25</v>
+        <v>1044</v>
       </c>
       <c r="D258" t="s">
-        <v>1031</v>
+        <v>11</v>
       </c>
       <c r="E258" t="s">
-        <v>1032</v>
+        <v>12</v>
       </c>
       <c r="F258" t="s">
-        <v>1043</v>
+        <v>48</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>1044</v>
+        <v>1045</v>
       </c>
       <c r="H258" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>1046</v>
+        <v>1047</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
-        <v>29</v>
+        <v>1048</v>
       </c>
       <c r="D259" t="s">
-        <v>1031</v>
+        <v>11</v>
       </c>
       <c r="E259" t="s">
-        <v>1032</v>
+        <v>12</v>
       </c>
       <c r="F259" t="s">
         <v>35</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>1047</v>
+        <v>1049</v>
       </c>
       <c r="H259" t="s">
-        <v>1048</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
-        <v>1049</v>
+        <v>1051</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
-        <v>34</v>
+        <v>1052</v>
       </c>
       <c r="D260" t="s">
-        <v>1031</v>
+        <v>11</v>
       </c>
       <c r="E260" t="s">
-        <v>1032</v>
+        <v>12</v>
       </c>
       <c r="F260" t="s">
-        <v>35</v>
+        <v>98</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>1050</v>
+        <v>1053</v>
       </c>
       <c r="H260" t="s">
-        <v>1051</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
-        <v>1052</v>
+        <v>1055</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
-        <v>39</v>
+        <v>1056</v>
       </c>
       <c r="D261" t="s">
-        <v>1031</v>
+        <v>11</v>
       </c>
       <c r="E261" t="s">
-        <v>1032</v>
+        <v>12</v>
       </c>
       <c r="F261" t="s">
-        <v>35</v>
+        <v>89</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>1053</v>
+        <v>1057</v>
       </c>
       <c r="H261" t="s">
-        <v>1054</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>1055</v>
+        <v>1059</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
-        <v>43</v>
+        <v>1060</v>
       </c>
       <c r="D262" t="s">
-        <v>1031</v>
+        <v>11</v>
       </c>
       <c r="E262" t="s">
-        <v>1032</v>
+        <v>12</v>
       </c>
       <c r="F262" t="s">
-        <v>48</v>
+        <v>127</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>1056</v>
+        <v>1061</v>
       </c>
       <c r="H262" t="s">
-        <v>1057</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>1058</v>
+        <v>1063</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
-        <v>10</v>
+        <v>1064</v>
       </c>
       <c r="D263" t="s">
-        <v>1059</v>
+        <v>11</v>
       </c>
       <c r="E263" t="s">
-        <v>1060</v>
+        <v>12</v>
       </c>
       <c r="F263" t="s">
-        <v>1061</v>
+        <v>30</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>1062</v>
+        <v>1065</v>
       </c>
       <c r="H263" t="s">
-        <v>1063</v>
+        <v>1066</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
-        <v>1064</v>
+        <v>1067</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
-        <v>17</v>
+        <v>1068</v>
       </c>
       <c r="D264" t="s">
-        <v>1059</v>
+        <v>11</v>
       </c>
       <c r="E264" t="s">
-        <v>1060</v>
+        <v>12</v>
       </c>
       <c r="F264" t="s">
-        <v>1061</v>
+        <v>48</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>1065</v>
+        <v>1069</v>
       </c>
       <c r="H264" t="s">
-        <v>1066</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
-        <v>1067</v>
+        <v>1071</v>
       </c>
       <c r="B265" t="s">
         <v>9</v>
       </c>
       <c r="C265" t="s">
-        <v>21</v>
+        <v>1072</v>
       </c>
       <c r="D265" t="s">
-        <v>1059</v>
+        <v>11</v>
       </c>
       <c r="E265" t="s">
-        <v>1060</v>
+        <v>12</v>
       </c>
       <c r="F265" t="s">
-        <v>807</v>
+        <v>48</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="H265" t="s">
-        <v>1069</v>
+        <v>1074</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>1070</v>
+        <v>1075</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
-        <v>25</v>
+        <v>1076</v>
       </c>
       <c r="D266" t="s">
-        <v>1059</v>
+        <v>11</v>
       </c>
       <c r="E266" t="s">
-        <v>1060</v>
+        <v>12</v>
       </c>
       <c r="F266" t="s">
-        <v>48</v>
+        <v>98</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>1071</v>
+        <v>1077</v>
       </c>
       <c r="H266" t="s">
-        <v>1072</v>
+        <v>1078</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
-        <v>1073</v>
+        <v>1079</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
-        <v>29</v>
+        <v>1080</v>
       </c>
       <c r="D267" t="s">
-        <v>1059</v>
+        <v>11</v>
       </c>
       <c r="E267" t="s">
-        <v>1060</v>
+        <v>12</v>
       </c>
       <c r="F267" t="s">
         <v>48</v>
       </c>
       <c r="G267" s="1" t="s">
-        <v>1074</v>
+        <v>1081</v>
       </c>
       <c r="H267" t="s">
-        <v>1075</v>
+        <v>1082</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
-        <v>1076</v>
+        <v>1083</v>
       </c>
       <c r="B268" t="s">
         <v>9</v>
       </c>
       <c r="C268" t="s">
-        <v>34</v>
+        <v>1084</v>
       </c>
       <c r="D268" t="s">
-        <v>1059</v>
+        <v>11</v>
       </c>
       <c r="E268" t="s">
-        <v>1060</v>
+        <v>12</v>
       </c>
       <c r="F268" t="s">
-        <v>30</v>
+        <v>98</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>1077</v>
+        <v>1085</v>
       </c>
       <c r="H268" t="s">
-        <v>1078</v>
+        <v>1086</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
-        <v>1079</v>
+        <v>1087</v>
       </c>
       <c r="B269" t="s">
         <v>9</v>
       </c>
       <c r="C269" t="s">
-        <v>39</v>
+        <v>1088</v>
       </c>
       <c r="D269" t="s">
-        <v>1059</v>
+        <v>11</v>
       </c>
       <c r="E269" t="s">
-        <v>1060</v>
+        <v>12</v>
       </c>
       <c r="F269" t="s">
         <v>30</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>1080</v>
+        <v>1089</v>
       </c>
       <c r="H269" t="s">
-        <v>1081</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
-        <v>1082</v>
+        <v>1091</v>
       </c>
       <c r="B270" t="s">
         <v>9</v>
       </c>
       <c r="C270" t="s">
-        <v>43</v>
+        <v>1092</v>
       </c>
       <c r="D270" t="s">
-        <v>1059</v>
+        <v>11</v>
       </c>
       <c r="E270" t="s">
-        <v>1060</v>
+        <v>12</v>
       </c>
       <c r="F270" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>1083</v>
+        <v>1093</v>
       </c>
       <c r="H270" t="s">
-        <v>1084</v>
+        <v>1094</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
-        <v>1085</v>
+        <v>1095</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
-        <v>47</v>
+        <v>1096</v>
       </c>
       <c r="D271" t="s">
-        <v>1059</v>
+        <v>11</v>
       </c>
       <c r="E271" t="s">
-        <v>1060</v>
+        <v>12</v>
       </c>
       <c r="F271" t="s">
         <v>89</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>1086</v>
+        <v>1097</v>
       </c>
       <c r="H271" t="s">
-        <v>1087</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
-        <v>1088</v>
+        <v>1099</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
-        <v>52</v>
+        <v>1100</v>
       </c>
       <c r="D272" t="s">
-        <v>1059</v>
+        <v>11</v>
       </c>
       <c r="E272" t="s">
-        <v>1060</v>
+        <v>12</v>
       </c>
       <c r="F272" t="s">
-        <v>35</v>
+        <v>127</v>
       </c>
       <c r="G272" s="1" t="s">
-        <v>1089</v>
+        <v>1101</v>
       </c>
       <c r="H272" t="s">
-        <v>1090</v>
+        <v>1102</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
-        <v>1091</v>
+        <v>1103</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
-        <v>56</v>
+        <v>1104</v>
       </c>
       <c r="D273" t="s">
-        <v>1059</v>
+        <v>11</v>
       </c>
       <c r="E273" t="s">
-        <v>1060</v>
+        <v>12</v>
       </c>
       <c r="F273" t="s">
-        <v>30</v>
+        <v>127</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>1092</v>
+        <v>1105</v>
       </c>
       <c r="H273" t="s">
-        <v>1093</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
-        <v>1094</v>
+        <v>1107</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
-        <v>60</v>
+        <v>1108</v>
       </c>
       <c r="D274" t="s">
-        <v>1059</v>
+        <v>11</v>
       </c>
       <c r="E274" t="s">
-        <v>1060</v>
+        <v>12</v>
       </c>
       <c r="F274" t="s">
-        <v>30</v>
+        <v>98</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>1095</v>
+        <v>1109</v>
       </c>
       <c r="H274" t="s">
-        <v>1066</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
-        <v>1096</v>
+        <v>1111</v>
       </c>
       <c r="B275" t="s">
         <v>9</v>
       </c>
       <c r="C275" t="s">
-        <v>64</v>
+        <v>1112</v>
       </c>
       <c r="D275" t="s">
-        <v>1059</v>
+        <v>11</v>
       </c>
       <c r="E275" t="s">
-        <v>1060</v>
+        <v>12</v>
       </c>
       <c r="F275" t="s">
-        <v>98</v>
+        <v>13</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>1097</v>
+        <v>1113</v>
       </c>
       <c r="H275" t="s">
-        <v>1098</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
-        <v>1099</v>
+        <v>1115</v>
       </c>
       <c r="B276" t="s">
         <v>9</v>
       </c>
       <c r="C276" t="s">
-        <v>68</v>
+        <v>1116</v>
       </c>
       <c r="D276" t="s">
-        <v>1059</v>
+        <v>11</v>
       </c>
       <c r="E276" t="s">
-        <v>1060</v>
+        <v>12</v>
       </c>
       <c r="F276" t="s">
         <v>13</v>
       </c>
       <c r="G276" s="1" t="s">
-        <v>1100</v>
+        <v>1117</v>
       </c>
       <c r="H276" t="s">
-        <v>1101</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
-        <v>1102</v>
+        <v>1119</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
-        <v>72</v>
+        <v>1120</v>
       </c>
       <c r="D277" t="s">
-        <v>1059</v>
+        <v>11</v>
       </c>
       <c r="E277" t="s">
-        <v>1060</v>
+        <v>12</v>
       </c>
       <c r="F277" t="s">
         <v>48</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>1103</v>
+        <v>1121</v>
       </c>
       <c r="H277" t="s">
-        <v>1104</v>
+        <v>1122</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
-        <v>1105</v>
+        <v>1123</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
-        <v>76</v>
+        <v>1124</v>
       </c>
       <c r="D278" t="s">
-        <v>1059</v>
+        <v>11</v>
       </c>
       <c r="E278" t="s">
-        <v>1060</v>
+        <v>12</v>
       </c>
       <c r="F278" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>1106</v>
+        <v>1125</v>
       </c>
       <c r="H278" t="s">
-        <v>1107</v>
+        <v>1126</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
-        <v>1108</v>
+        <v>1127</v>
       </c>
       <c r="B279" t="s">
         <v>9</v>
       </c>
       <c r="C279" t="s">
-        <v>80</v>
+        <v>1128</v>
       </c>
       <c r="D279" t="s">
-        <v>1059</v>
+        <v>11</v>
       </c>
       <c r="E279" t="s">
-        <v>1060</v>
+        <v>12</v>
       </c>
       <c r="F279" t="s">
-        <v>30</v>
+        <v>98</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>1109</v>
+        <v>1129</v>
       </c>
       <c r="H279" t="s">
-        <v>1110</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
-        <v>1111</v>
+        <v>1131</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="C280" t="s">
-        <v>84</v>
+        <v>1132</v>
       </c>
       <c r="D280" t="s">
-        <v>1059</v>
+        <v>11</v>
       </c>
       <c r="E280" t="s">
-        <v>1060</v>
+        <v>12</v>
       </c>
       <c r="F280" t="s">
-        <v>1112</v>
+        <v>98</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>1113</v>
+        <v>1133</v>
       </c>
       <c r="H280" t="s">
-        <v>1114</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
-        <v>1115</v>
+        <v>1135</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="C281" t="s">
-        <v>88</v>
+        <v>1136</v>
       </c>
       <c r="D281" t="s">
-        <v>1059</v>
+        <v>11</v>
       </c>
       <c r="E281" t="s">
-        <v>1060</v>
+        <v>12</v>
       </c>
       <c r="F281" t="s">
-        <v>1116</v>
+        <v>35</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>1117</v>
+        <v>1137</v>
       </c>
       <c r="H281" t="s">
-        <v>1118</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
-        <v>1119</v>
+        <v>1139</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
-        <v>93</v>
+        <v>10</v>
       </c>
       <c r="D282" t="s">
-        <v>1059</v>
+        <v>1140</v>
       </c>
       <c r="E282" t="s">
-        <v>1060</v>
+        <v>1141</v>
       </c>
       <c r="F282" t="s">
-        <v>35</v>
+        <v>1142</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>1120</v>
+        <v>1143</v>
       </c>
       <c r="H282" t="s">
-        <v>1121</v>
+        <v>1144</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
-        <v>1122</v>
+        <v>1145</v>
       </c>
       <c r="B283" t="s">
         <v>9</v>
       </c>
       <c r="C283" t="s">
-        <v>97</v>
+        <v>17</v>
       </c>
       <c r="D283" t="s">
-        <v>1059</v>
+        <v>1140</v>
       </c>
       <c r="E283" t="s">
-        <v>1060</v>
+        <v>1141</v>
       </c>
       <c r="F283" t="s">
         <v>35</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>1123</v>
+        <v>1146</v>
       </c>
       <c r="H283" t="s">
-        <v>1124</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
-        <v>1125</v>
+        <v>1148</v>
       </c>
       <c r="B284" t="s">
         <v>9</v>
       </c>
       <c r="C284" t="s">
-        <v>102</v>
+        <v>21</v>
       </c>
       <c r="D284" t="s">
-        <v>1059</v>
+        <v>1140</v>
       </c>
       <c r="E284" t="s">
-        <v>1060</v>
+        <v>1141</v>
       </c>
       <c r="F284" t="s">
-        <v>872</v>
+        <v>35</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>1126</v>
+        <v>1149</v>
       </c>
       <c r="H284" t="s">
-        <v>1127</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
-        <v>1128</v>
+        <v>1151</v>
       </c>
       <c r="B285" t="s">
         <v>9</v>
       </c>
       <c r="C285" t="s">
-        <v>106</v>
+        <v>25</v>
       </c>
       <c r="D285" t="s">
-        <v>1059</v>
+        <v>1140</v>
       </c>
       <c r="E285" t="s">
-        <v>1060</v>
+        <v>1141</v>
       </c>
       <c r="F285" t="s">
-        <v>89</v>
+        <v>1036</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>1129</v>
+        <v>1152</v>
       </c>
       <c r="H285" t="s">
-        <v>1130</v>
+        <v>1153</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
-        <v>1131</v>
+        <v>1154</v>
       </c>
       <c r="B286" t="s">
         <v>9</v>
       </c>
       <c r="C286" t="s">
-        <v>110</v>
+        <v>29</v>
       </c>
       <c r="D286" t="s">
-        <v>1059</v>
+        <v>1140</v>
       </c>
       <c r="E286" t="s">
-        <v>1060</v>
+        <v>1141</v>
       </c>
       <c r="F286" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>1132</v>
+        <v>1155</v>
       </c>
       <c r="H286" t="s">
-        <v>1133</v>
+        <v>1156</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
-        <v>1134</v>
+        <v>1157</v>
       </c>
       <c r="B287" t="s">
         <v>9</v>
       </c>
       <c r="C287" t="s">
-        <v>114</v>
+        <v>34</v>
       </c>
       <c r="D287" t="s">
-        <v>1059</v>
+        <v>1140</v>
       </c>
       <c r="E287" t="s">
-        <v>1060</v>
+        <v>1141</v>
       </c>
       <c r="F287" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>1135</v>
+        <v>1158</v>
       </c>
       <c r="H287" t="s">
-        <v>1136</v>
+        <v>1159</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
-        <v>1137</v>
+        <v>1160</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
-        <v>118</v>
+        <v>39</v>
       </c>
       <c r="D288" t="s">
-        <v>1059</v>
+        <v>1140</v>
       </c>
       <c r="E288" t="s">
-        <v>1060</v>
+        <v>1141</v>
       </c>
       <c r="F288" t="s">
-        <v>1138</v>
+        <v>35</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>1139</v>
+        <v>1161</v>
       </c>
       <c r="H288" t="s">
-        <v>1140</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
+        <v>1163</v>
+      </c>
+      <c r="B289" t="s">
+        <v>9</v>
+      </c>
+      <c r="C289" t="s">
+        <v>43</v>
+      </c>
+      <c r="D289" t="s">
+        <v>1140</v>
+      </c>
+      <c r="E289" t="s">
         <v>1141</v>
       </c>
-      <c r="B289" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F289" t="s">
-        <v>1142</v>
+        <v>48</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>1143</v>
+        <v>1164</v>
       </c>
       <c r="H289" t="s">
-        <v>1144</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
-        <v>1145</v>
+        <v>1166</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
-        <v>126</v>
+        <v>47</v>
       </c>
       <c r="D290" t="s">
-        <v>1059</v>
+        <v>1140</v>
       </c>
       <c r="E290" t="s">
-        <v>1060</v>
+        <v>1141</v>
       </c>
       <c r="F290" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>73</v>
+        <v>1167</v>
       </c>
       <c r="H290" t="s">
-        <v>1146</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
-        <v>1147</v>
+        <v>1169</v>
       </c>
       <c r="B291" t="s">
         <v>9</v>
       </c>
       <c r="C291" t="s">
-        <v>10</v>
+        <v>52</v>
       </c>
       <c r="D291" t="s">
-        <v>1148</v>
+        <v>1140</v>
       </c>
       <c r="E291" t="s">
-        <v>1149</v>
+        <v>1141</v>
       </c>
       <c r="F291" t="s">
-        <v>48</v>
+        <v>1036</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>1150</v>
+        <v>1170</v>
       </c>
       <c r="H291" t="s">
-        <v>1151</v>
+        <v>1171</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
-        <v>1152</v>
+        <v>1172</v>
       </c>
       <c r="B292" t="s">
         <v>9</v>
       </c>
       <c r="C292" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D292" t="s">
-        <v>1148</v>
+        <v>1173</v>
       </c>
       <c r="E292" t="s">
-        <v>1149</v>
+        <v>1174</v>
       </c>
       <c r="F292" t="s">
-        <v>48</v>
+        <v>1175</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>1153</v>
+        <v>1176</v>
       </c>
       <c r="H292" t="s">
-        <v>1154</v>
+        <v>1177</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
-        <v>1155</v>
+        <v>1178</v>
       </c>
       <c r="B293" t="s">
         <v>9</v>
       </c>
       <c r="C293" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D293" t="s">
-        <v>1148</v>
+        <v>1173</v>
       </c>
       <c r="E293" t="s">
-        <v>1149</v>
+        <v>1174</v>
       </c>
       <c r="F293" t="s">
-        <v>13</v>
+        <v>1175</v>
       </c>
       <c r="G293" s="1" t="s">
-        <v>1156</v>
+        <v>1179</v>
       </c>
       <c r="H293" t="s">
-        <v>1157</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
-        <v>1158</v>
+        <v>1181</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="C294" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="D294" t="s">
-        <v>1148</v>
+        <v>1173</v>
       </c>
       <c r="E294" t="s">
-        <v>1149</v>
+        <v>1174</v>
       </c>
       <c r="F294" t="s">
-        <v>30</v>
+        <v>807</v>
       </c>
       <c r="G294" s="1" t="s">
-        <v>1159</v>
+        <v>1182</v>
       </c>
       <c r="H294" t="s">
-        <v>1160</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
-        <v>1161</v>
+        <v>1184</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D295" t="s">
-        <v>1148</v>
+        <v>1173</v>
       </c>
       <c r="E295" t="s">
-        <v>1149</v>
+        <v>1174</v>
       </c>
       <c r="F295" t="s">
-        <v>30</v>
+        <v>48</v>
       </c>
       <c r="G295" s="1" t="s">
-        <v>1162</v>
+        <v>1185</v>
       </c>
       <c r="H295" t="s">
-        <v>1163</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
-        <v>1164</v>
+        <v>1187</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="D296" t="s">
-        <v>1148</v>
+        <v>1173</v>
       </c>
       <c r="E296" t="s">
-        <v>1149</v>
+        <v>1174</v>
       </c>
       <c r="F296" t="s">
-        <v>30</v>
+        <v>48</v>
       </c>
       <c r="G296" s="1" t="s">
-        <v>1165</v>
+        <v>1188</v>
       </c>
       <c r="H296" t="s">
-        <v>1166</v>
+        <v>1189</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
-        <v>1167</v>
+        <v>1190</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="D297" t="s">
-        <v>1148</v>
+        <v>1173</v>
       </c>
       <c r="E297" t="s">
-        <v>1149</v>
+        <v>1174</v>
       </c>
       <c r="F297" t="s">
-        <v>1043</v>
+        <v>30</v>
       </c>
       <c r="G297" s="1" t="s">
-        <v>1168</v>
+        <v>1191</v>
       </c>
       <c r="H297" t="s">
-        <v>1169</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
-        <v>1170</v>
+        <v>1193</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="D298" t="s">
-        <v>1148</v>
+        <v>1173</v>
       </c>
       <c r="E298" t="s">
-        <v>1149</v>
+        <v>1174</v>
       </c>
       <c r="F298" t="s">
-        <v>1043</v>
+        <v>30</v>
       </c>
       <c r="G298" s="1" t="s">
-        <v>1171</v>
+        <v>1194</v>
       </c>
       <c r="H298" t="s">
-        <v>1172</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B299" t="s">
+        <v>9</v>
+      </c>
+      <c r="C299" t="s">
+        <v>43</v>
+      </c>
+      <c r="D299" t="s">
         <v>1173</v>
       </c>
-      <c r="B299" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E299" t="s">
-        <v>1149</v>
+        <v>1174</v>
       </c>
       <c r="F299" t="s">
-        <v>35</v>
+        <v>13</v>
       </c>
       <c r="G299" s="1" t="s">
-        <v>1174</v>
+        <v>1197</v>
       </c>
       <c r="H299" t="s">
-        <v>1175</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
-        <v>1176</v>
+        <v>1199</v>
       </c>
       <c r="B300" t="s">
         <v>9</v>
       </c>
       <c r="C300" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="D300" t="s">
-        <v>1148</v>
+        <v>1173</v>
       </c>
       <c r="E300" t="s">
-        <v>1149</v>
+        <v>1174</v>
       </c>
       <c r="F300" t="s">
-        <v>35</v>
+        <v>89</v>
       </c>
       <c r="G300" s="1" t="s">
-        <v>1177</v>
+        <v>1200</v>
       </c>
       <c r="H300" t="s">
-        <v>1178</v>
+        <v>1201</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
-        <v>1179</v>
+        <v>1202</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="D301" t="s">
-        <v>1148</v>
+        <v>1173</v>
       </c>
       <c r="E301" t="s">
-        <v>1149</v>
+        <v>1174</v>
       </c>
       <c r="F301" t="s">
         <v>35</v>
       </c>
       <c r="G301" s="1" t="s">
-        <v>1180</v>
+        <v>1203</v>
       </c>
       <c r="H301" t="s">
-        <v>1181</v>
+        <v>1204</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
-        <v>1182</v>
+        <v>1205</v>
       </c>
       <c r="B302" t="s">
         <v>9</v>
       </c>
       <c r="C302" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="D302" t="s">
-        <v>1148</v>
+        <v>1173</v>
       </c>
       <c r="E302" t="s">
-        <v>1149</v>
+        <v>1174</v>
       </c>
       <c r="F302" t="s">
         <v>30</v>
       </c>
       <c r="G302" s="1" t="s">
-        <v>1183</v>
+        <v>1206</v>
       </c>
       <c r="H302" t="s">
-        <v>1184</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
-        <v>1185</v>
+        <v>1208</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="D303" t="s">
-        <v>1148</v>
+        <v>1173</v>
       </c>
       <c r="E303" t="s">
-        <v>1149</v>
+        <v>1174</v>
       </c>
       <c r="F303" t="s">
-        <v>48</v>
+        <v>30</v>
       </c>
       <c r="G303" s="1" t="s">
-        <v>1186</v>
+        <v>1209</v>
       </c>
       <c r="H303" t="s">
-        <v>1187</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
-        <v>1188</v>
+        <v>1210</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="D304" t="s">
-        <v>1148</v>
+        <v>1173</v>
       </c>
       <c r="E304" t="s">
-        <v>1149</v>
+        <v>1174</v>
       </c>
       <c r="F304" t="s">
-        <v>48</v>
+        <v>98</v>
       </c>
       <c r="G304" s="1" t="s">
-        <v>1189</v>
+        <v>1211</v>
       </c>
       <c r="H304" t="s">
-        <v>1190</v>
+        <v>1212</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
-        <v>1191</v>
+        <v>1213</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="D305" t="s">
-        <v>1148</v>
+        <v>1173</v>
       </c>
       <c r="E305" t="s">
-        <v>1149</v>
+        <v>1174</v>
       </c>
       <c r="F305" t="s">
-        <v>48</v>
+        <v>13</v>
       </c>
       <c r="G305" s="1" t="s">
-        <v>1192</v>
+        <v>1214</v>
       </c>
       <c r="H305" t="s">
-        <v>1193</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
-        <v>1194</v>
+        <v>1216</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="D306" t="s">
-        <v>1148</v>
+        <v>1173</v>
       </c>
       <c r="E306" t="s">
-        <v>1149</v>
+        <v>1174</v>
       </c>
       <c r="F306" t="s">
-        <v>30</v>
+        <v>48</v>
       </c>
       <c r="G306" s="1" t="s">
-        <v>1195</v>
+        <v>1217</v>
       </c>
       <c r="H306" t="s">
-        <v>1196</v>
+        <v>1218</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
-        <v>1197</v>
+        <v>1219</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="D307" t="s">
-        <v>1148</v>
+        <v>1173</v>
       </c>
       <c r="E307" t="s">
-        <v>1149</v>
+        <v>1174</v>
       </c>
       <c r="F307" t="s">
         <v>30</v>
       </c>
       <c r="G307" s="1" t="s">
-        <v>1198</v>
+        <v>1220</v>
       </c>
       <c r="H307" t="s">
-        <v>1199</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
-        <v>1200</v>
+        <v>1222</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="D308" t="s">
-        <v>1148</v>
+        <v>1173</v>
       </c>
       <c r="E308" t="s">
-        <v>1149</v>
+        <v>1174</v>
       </c>
       <c r="F308" t="s">
-        <v>1201</v>
+        <v>30</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>1202</v>
+        <v>1223</v>
       </c>
       <c r="H308" t="s">
-        <v>1203</v>
+        <v>1224</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
-        <v>1204</v>
+        <v>1225</v>
       </c>
       <c r="B309" t="s">
         <v>9</v>
       </c>
       <c r="C309" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="D309" t="s">
-        <v>1148</v>
+        <v>1173</v>
       </c>
       <c r="E309" t="s">
-        <v>1149</v>
+        <v>1174</v>
       </c>
       <c r="F309" t="s">
-        <v>1205</v>
+        <v>1226</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>1206</v>
+        <v>1227</v>
       </c>
       <c r="H309" t="s">
-        <v>1207</v>
+        <v>1228</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
-        <v>1208</v>
+        <v>1229</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
-        <v>93</v>
+        <v>88</v>
       </c>
       <c r="D310" t="s">
-        <v>1148</v>
+        <v>1173</v>
       </c>
       <c r="E310" t="s">
-        <v>1149</v>
+        <v>1174</v>
       </c>
       <c r="F310" t="s">
-        <v>30</v>
+        <v>1230</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>1209</v>
+        <v>1231</v>
       </c>
       <c r="H310" t="s">
-        <v>1210</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
-        <v>1211</v>
+        <v>1233</v>
       </c>
       <c r="B311" t="s">
         <v>9</v>
       </c>
       <c r="C311" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="D311" t="s">
-        <v>1148</v>
+        <v>1173</v>
       </c>
       <c r="E311" t="s">
-        <v>1149</v>
+        <v>1174</v>
       </c>
       <c r="F311" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>1212</v>
+        <v>1234</v>
       </c>
       <c r="H311" t="s">
-        <v>1213</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
-        <v>1214</v>
+        <v>1236</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="D312" t="s">
-        <v>1148</v>
+        <v>1173</v>
       </c>
       <c r="E312" t="s">
-        <v>1149</v>
+        <v>1174</v>
       </c>
       <c r="F312" t="s">
         <v>35</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>1215</v>
+        <v>1237</v>
       </c>
       <c r="H312" t="s">
-        <v>1216</v>
+        <v>1238</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
-        <v>1217</v>
+        <v>1239</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="D313" t="s">
-        <v>1148</v>
+        <v>1173</v>
       </c>
       <c r="E313" t="s">
-        <v>1149</v>
+        <v>1174</v>
       </c>
       <c r="F313" t="s">
-        <v>35</v>
+        <v>872</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>1218</v>
+        <v>1240</v>
       </c>
       <c r="H313" t="s">
-        <v>1219</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
-        <v>1220</v>
+        <v>1242</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="D314" t="s">
-        <v>1148</v>
+        <v>1173</v>
       </c>
       <c r="E314" t="s">
-        <v>1149</v>
+        <v>1174</v>
       </c>
       <c r="F314" t="s">
-        <v>35</v>
+        <v>89</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>1221</v>
+        <v>1243</v>
       </c>
       <c r="H314" t="s">
-        <v>1222</v>
+        <v>1244</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
-        <v>1223</v>
+        <v>1245</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="C315" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="D315" t="s">
-        <v>1148</v>
+        <v>1173</v>
       </c>
       <c r="E315" t="s">
-        <v>1149</v>
+        <v>1174</v>
       </c>
       <c r="F315" t="s">
-        <v>1043</v>
+        <v>13</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>73</v>
+        <v>1246</v>
       </c>
       <c r="H315" t="s">
-        <v>1224</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
-        <v>1225</v>
+        <v>1248</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="D316" t="s">
-        <v>1148</v>
+        <v>1173</v>
       </c>
       <c r="E316" t="s">
-        <v>1149</v>
+        <v>1174</v>
       </c>
       <c r="F316" t="s">
-        <v>1043</v>
+        <v>13</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>1226</v>
+        <v>1249</v>
       </c>
       <c r="H316" t="s">
-        <v>1227</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
-        <v>1228</v>
+        <v>1251</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="C317" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="D317" t="s">
-        <v>1148</v>
+        <v>1173</v>
       </c>
       <c r="E317" t="s">
-        <v>1149</v>
+        <v>1174</v>
       </c>
       <c r="F317" t="s">
-        <v>127</v>
+        <v>1252</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>1229</v>
+        <v>1253</v>
       </c>
       <c r="H317" t="s">
-        <v>1230</v>
+        <v>1254</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
-        <v>1231</v>
+        <v>1255</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="D318" t="s">
-        <v>1148</v>
+        <v>1173</v>
       </c>
       <c r="E318" t="s">
-        <v>1149</v>
+        <v>1174</v>
       </c>
       <c r="F318" t="s">
-        <v>35</v>
+        <v>1256</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>1232</v>
+        <v>1257</v>
       </c>
       <c r="H318" t="s">
-        <v>1233</v>
+        <v>1258</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
-        <v>1234</v>
+        <v>1259</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="C319" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="D319" t="s">
-        <v>1148</v>
+        <v>1173</v>
       </c>
       <c r="E319" t="s">
-        <v>1149</v>
+        <v>1174</v>
       </c>
       <c r="F319" t="s">
-        <v>48</v>
+        <v>30</v>
       </c>
       <c r="G319" s="1" t="s">
-        <v>1235</v>
+        <v>1260</v>
       </c>
       <c r="H319" t="s">
-        <v>1236</v>
+        <v>1261</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
-        <v>1237</v>
+        <v>1262</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="C320" t="s">
         <v>135</v>
       </c>
       <c r="D320" t="s">
-        <v>1148</v>
+        <v>1173</v>
       </c>
       <c r="E320" t="s">
-        <v>1149</v>
+        <v>1174</v>
       </c>
       <c r="F320" t="s">
-        <v>13</v>
+        <v>1036</v>
       </c>
       <c r="G320" s="1" t="s">
-        <v>1238</v>
+        <v>73</v>
       </c>
       <c r="H320" t="s">
-        <v>1239</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
-        <v>1240</v>
+        <v>1264</v>
       </c>
       <c r="B321" t="s">
         <v>9</v>
       </c>
       <c r="C321" t="s">
         <v>139</v>
       </c>
       <c r="D321" t="s">
-        <v>1148</v>
+        <v>1173</v>
       </c>
       <c r="E321" t="s">
-        <v>1149</v>
+        <v>1174</v>
       </c>
       <c r="F321" t="s">
-        <v>13</v>
+        <v>1175</v>
       </c>
       <c r="G321" s="1" t="s">
-        <v>1241</v>
+        <v>1265</v>
       </c>
       <c r="H321" t="s">
-        <v>1242</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
-        <v>1243</v>
+        <v>1267</v>
       </c>
       <c r="B322" t="s">
         <v>9</v>
       </c>
       <c r="C322" t="s">
         <v>143</v>
       </c>
       <c r="D322" t="s">
-        <v>1148</v>
+        <v>1173</v>
       </c>
       <c r="E322" t="s">
-        <v>1149</v>
+        <v>1174</v>
       </c>
       <c r="F322" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="G322" s="1" t="s">
-        <v>1244</v>
+        <v>1268</v>
       </c>
       <c r="H322" t="s">
-        <v>1245</v>
+        <v>1269</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
-        <v>1246</v>
+        <v>1270</v>
       </c>
       <c r="B323" t="s">
         <v>9</v>
       </c>
       <c r="C323" t="s">
         <v>147</v>
       </c>
       <c r="D323" t="s">
-        <v>1148</v>
+        <v>1173</v>
       </c>
       <c r="E323" t="s">
-        <v>1149</v>
+        <v>1174</v>
       </c>
       <c r="F323" t="s">
         <v>30</v>
       </c>
       <c r="G323" s="1" t="s">
-        <v>1247</v>
+        <v>1271</v>
       </c>
       <c r="H323" t="s">
-        <v>1248</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
-        <v>1249</v>
+        <v>1273</v>
       </c>
       <c r="B324" t="s">
         <v>9</v>
       </c>
       <c r="C324" t="s">
         <v>151</v>
       </c>
       <c r="D324" t="s">
-        <v>1148</v>
+        <v>1173</v>
       </c>
       <c r="E324" t="s">
-        <v>1149</v>
+        <v>1174</v>
       </c>
       <c r="F324" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>1250</v>
+        <v>1274</v>
       </c>
       <c r="H324" t="s">
-        <v>1251</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
-        <v>1252</v>
+        <v>1276</v>
       </c>
       <c r="B325" t="s">
         <v>9</v>
       </c>
       <c r="C325" t="s">
-        <v>155</v>
+        <v>10</v>
       </c>
       <c r="D325" t="s">
-        <v>1148</v>
+        <v>1277</v>
       </c>
       <c r="E325" t="s">
-        <v>1149</v>
+        <v>1278</v>
       </c>
       <c r="F325" t="s">
-        <v>30</v>
+        <v>48</v>
       </c>
       <c r="G325" s="1" t="s">
-        <v>1253</v>
+        <v>1279</v>
       </c>
       <c r="H325" t="s">
-        <v>1254</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
-        <v>1255</v>
+        <v>1281</v>
       </c>
       <c r="B326" t="s">
         <v>9</v>
       </c>
       <c r="C326" t="s">
-        <v>159</v>
+        <v>17</v>
       </c>
       <c r="D326" t="s">
-        <v>1148</v>
+        <v>1277</v>
       </c>
       <c r="E326" t="s">
-        <v>1149</v>
+        <v>1278</v>
       </c>
       <c r="F326" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="G326" s="1" t="s">
-        <v>1256</v>
+        <v>1282</v>
       </c>
       <c r="H326" t="s">
-        <v>1257</v>
+        <v>1283</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
-        <v>1258</v>
+        <v>1284</v>
       </c>
       <c r="B327" t="s">
         <v>9</v>
       </c>
       <c r="C327" t="s">
-        <v>163</v>
+        <v>21</v>
       </c>
       <c r="D327" t="s">
-        <v>1148</v>
+        <v>1277</v>
       </c>
       <c r="E327" t="s">
-        <v>1149</v>
+        <v>1278</v>
       </c>
       <c r="F327" t="s">
-        <v>48</v>
+        <v>13</v>
       </c>
       <c r="G327" s="1" t="s">
-        <v>1259</v>
+        <v>1285</v>
       </c>
       <c r="H327" t="s">
-        <v>1260</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
-        <v>1261</v>
+        <v>1287</v>
       </c>
       <c r="B328" t="s">
         <v>9</v>
       </c>
       <c r="C328" t="s">
-        <v>167</v>
+        <v>25</v>
       </c>
       <c r="D328" t="s">
-        <v>1148</v>
+        <v>1277</v>
       </c>
       <c r="E328" t="s">
-        <v>1149</v>
+        <v>1278</v>
       </c>
       <c r="F328" t="s">
-        <v>807</v>
+        <v>30</v>
       </c>
       <c r="G328" s="1" t="s">
-        <v>1262</v>
+        <v>1288</v>
       </c>
       <c r="H328" t="s">
-        <v>1263</v>
+        <v>1289</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
-        <v>1264</v>
+        <v>1290</v>
       </c>
       <c r="B329" t="s">
         <v>9</v>
       </c>
       <c r="C329" t="s">
-        <v>171</v>
+        <v>29</v>
       </c>
       <c r="D329" t="s">
-        <v>1148</v>
+        <v>1277</v>
       </c>
       <c r="E329" t="s">
-        <v>1149</v>
+        <v>1278</v>
       </c>
       <c r="F329" t="s">
-        <v>807</v>
+        <v>30</v>
       </c>
       <c r="G329" s="1" t="s">
-        <v>1265</v>
+        <v>1291</v>
       </c>
       <c r="H329" t="s">
-        <v>1266</v>
+        <v>1292</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
-        <v>1267</v>
+        <v>1293</v>
       </c>
       <c r="B330" t="s">
         <v>9</v>
       </c>
       <c r="C330" t="s">
-        <v>175</v>
+        <v>34</v>
       </c>
       <c r="D330" t="s">
-        <v>1148</v>
+        <v>1277</v>
       </c>
       <c r="E330" t="s">
-        <v>1149</v>
+        <v>1278</v>
       </c>
       <c r="F330" t="s">
-        <v>48</v>
+        <v>30</v>
       </c>
       <c r="G330" s="1" t="s">
-        <v>1268</v>
+        <v>1294</v>
       </c>
       <c r="H330" t="s">
-        <v>1269</v>
+        <v>1295</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
-        <v>1270</v>
+        <v>1296</v>
       </c>
       <c r="B331" t="s">
         <v>9</v>
       </c>
       <c r="C331" t="s">
-        <v>179</v>
+        <v>39</v>
       </c>
       <c r="D331" t="s">
-        <v>1148</v>
+        <v>1277</v>
       </c>
       <c r="E331" t="s">
-        <v>1149</v>
+        <v>1278</v>
       </c>
       <c r="F331" t="s">
-        <v>13</v>
+        <v>1036</v>
       </c>
       <c r="G331" s="1" t="s">
-        <v>1271</v>
+        <v>1297</v>
       </c>
       <c r="H331" t="s">
-        <v>1272</v>
+        <v>1298</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
-        <v>1273</v>
+        <v>1299</v>
       </c>
       <c r="B332" t="s">
         <v>9</v>
       </c>
       <c r="C332" t="s">
-        <v>183</v>
+        <v>43</v>
       </c>
       <c r="D332" t="s">
-        <v>1148</v>
+        <v>1277</v>
       </c>
       <c r="E332" t="s">
-        <v>1149</v>
+        <v>1278</v>
       </c>
       <c r="F332" t="s">
-        <v>48</v>
+        <v>1036</v>
       </c>
       <c r="G332" s="1" t="s">
-        <v>1274</v>
+        <v>1300</v>
       </c>
       <c r="H332" t="s">
-        <v>1275</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
-        <v>1276</v>
+        <v>1302</v>
       </c>
       <c r="B333" t="s">
         <v>9</v>
       </c>
       <c r="C333" t="s">
-        <v>187</v>
+        <v>47</v>
       </c>
       <c r="D333" t="s">
-        <v>1148</v>
+        <v>1277</v>
       </c>
       <c r="E333" t="s">
-        <v>1149</v>
+        <v>1278</v>
       </c>
       <c r="F333" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="G333" s="1" t="s">
-        <v>1277</v>
+        <v>1303</v>
       </c>
       <c r="H333" t="s">
-        <v>1278</v>
+        <v>1304</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
-        <v>1279</v>
+        <v>1305</v>
       </c>
       <c r="B334" t="s">
         <v>9</v>
       </c>
       <c r="C334" t="s">
-        <v>191</v>
+        <v>52</v>
       </c>
       <c r="D334" t="s">
-        <v>1148</v>
+        <v>1277</v>
       </c>
       <c r="E334" t="s">
-        <v>1149</v>
+        <v>1278</v>
       </c>
       <c r="F334" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="G334" s="1" t="s">
-        <v>1280</v>
+        <v>1306</v>
       </c>
       <c r="H334" t="s">
-        <v>1281</v>
+        <v>1307</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
-        <v>1282</v>
+        <v>1308</v>
       </c>
       <c r="B335" t="s">
         <v>9</v>
       </c>
       <c r="C335" t="s">
-        <v>195</v>
+        <v>56</v>
       </c>
       <c r="D335" t="s">
-        <v>1148</v>
+        <v>1277</v>
       </c>
       <c r="E335" t="s">
-        <v>1149</v>
+        <v>1278</v>
       </c>
       <c r="F335" t="s">
-        <v>127</v>
+        <v>35</v>
       </c>
       <c r="G335" s="1" t="s">
-        <v>1283</v>
+        <v>1309</v>
       </c>
       <c r="H335" t="s">
-        <v>1284</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
-        <v>1285</v>
+        <v>1311</v>
       </c>
       <c r="B336" t="s">
         <v>9</v>
       </c>
       <c r="C336" t="s">
-        <v>199</v>
+        <v>60</v>
       </c>
       <c r="D336" t="s">
-        <v>1148</v>
+        <v>1277</v>
       </c>
       <c r="E336" t="s">
-        <v>1149</v>
+        <v>1278</v>
       </c>
       <c r="F336" t="s">
         <v>30</v>
       </c>
       <c r="G336" s="1" t="s">
-        <v>1286</v>
+        <v>1312</v>
       </c>
       <c r="H336" t="s">
-        <v>1287</v>
+        <v>1313</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
-        <v>1288</v>
+        <v>1314</v>
       </c>
       <c r="B337" t="s">
         <v>9</v>
       </c>
       <c r="C337" t="s">
-        <v>203</v>
+        <v>64</v>
       </c>
       <c r="D337" t="s">
-        <v>1148</v>
+        <v>1277</v>
       </c>
       <c r="E337" t="s">
-        <v>1149</v>
+        <v>1278</v>
       </c>
       <c r="F337" t="s">
-        <v>13</v>
+        <v>48</v>
       </c>
       <c r="G337" s="1" t="s">
-        <v>1289</v>
+        <v>1315</v>
       </c>
       <c r="H337" t="s">
-        <v>1290</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
-        <v>1291</v>
+        <v>1317</v>
       </c>
       <c r="B338" t="s">
         <v>9</v>
       </c>
       <c r="C338" t="s">
-        <v>207</v>
+        <v>68</v>
       </c>
       <c r="D338" t="s">
-        <v>1148</v>
+        <v>1277</v>
       </c>
       <c r="E338" t="s">
-        <v>1149</v>
+        <v>1278</v>
       </c>
       <c r="F338" t="s">
-        <v>127</v>
+        <v>48</v>
       </c>
       <c r="G338" s="1" t="s">
-        <v>1292</v>
+        <v>1318</v>
       </c>
       <c r="H338" t="s">
-        <v>1293</v>
+        <v>1319</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
-        <v>1294</v>
+        <v>1320</v>
       </c>
       <c r="B339" t="s">
         <v>9</v>
       </c>
       <c r="C339" t="s">
-        <v>211</v>
+        <v>72</v>
       </c>
       <c r="D339" t="s">
-        <v>1148</v>
+        <v>1277</v>
       </c>
       <c r="E339" t="s">
-        <v>1149</v>
+        <v>1278</v>
       </c>
       <c r="F339" t="s">
-        <v>1043</v>
+        <v>48</v>
       </c>
       <c r="G339" s="1" t="s">
-        <v>1295</v>
+        <v>1321</v>
       </c>
       <c r="H339" t="s">
-        <v>1296</v>
+        <v>1322</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
-        <v>1297</v>
+        <v>1323</v>
       </c>
       <c r="B340" t="s">
         <v>9</v>
       </c>
       <c r="C340" t="s">
-        <v>215</v>
+        <v>76</v>
       </c>
       <c r="D340" t="s">
-        <v>1148</v>
+        <v>1277</v>
       </c>
       <c r="E340" t="s">
-        <v>1149</v>
+        <v>1278</v>
       </c>
       <c r="F340" t="s">
-        <v>98</v>
+        <v>30</v>
       </c>
       <c r="G340" s="1" t="s">
-        <v>1298</v>
+        <v>1324</v>
       </c>
       <c r="H340" t="s">
-        <v>1299</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
-        <v>1300</v>
+        <v>1326</v>
       </c>
       <c r="B341" t="s">
         <v>9</v>
       </c>
       <c r="C341" t="s">
-        <v>219</v>
+        <v>80</v>
       </c>
       <c r="D341" t="s">
-        <v>1148</v>
+        <v>1277</v>
       </c>
       <c r="E341" t="s">
-        <v>1149</v>
+        <v>1278</v>
       </c>
       <c r="F341" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="G341" s="1" t="s">
-        <v>1301</v>
+        <v>1327</v>
       </c>
       <c r="H341" t="s">
-        <v>1302</v>
+        <v>1328</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
-        <v>1303</v>
+        <v>1329</v>
       </c>
       <c r="B342" t="s">
         <v>9</v>
       </c>
       <c r="C342" t="s">
-        <v>223</v>
+        <v>84</v>
       </c>
       <c r="D342" t="s">
-        <v>1148</v>
+        <v>1277</v>
       </c>
       <c r="E342" t="s">
-        <v>1149</v>
+        <v>1278</v>
       </c>
       <c r="F342" t="s">
-        <v>807</v>
+        <v>1330</v>
       </c>
       <c r="G342" s="1" t="s">
-        <v>1304</v>
+        <v>1331</v>
       </c>
       <c r="H342" t="s">
-        <v>1305</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
-        <v>1306</v>
+        <v>1333</v>
       </c>
       <c r="B343" t="s">
         <v>9</v>
       </c>
       <c r="C343" t="s">
-        <v>227</v>
+        <v>88</v>
       </c>
       <c r="D343" t="s">
-        <v>1148</v>
+        <v>1277</v>
       </c>
       <c r="E343" t="s">
-        <v>1149</v>
+        <v>1278</v>
       </c>
       <c r="F343" t="s">
-        <v>807</v>
+        <v>1334</v>
       </c>
       <c r="G343" s="1" t="s">
-        <v>1307</v>
+        <v>1335</v>
       </c>
       <c r="H343" t="s">
-        <v>1308</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
-        <v>1309</v>
+        <v>1337</v>
       </c>
       <c r="B344" t="s">
         <v>9</v>
       </c>
       <c r="C344" t="s">
-        <v>231</v>
+        <v>93</v>
       </c>
       <c r="D344" t="s">
-        <v>1148</v>
+        <v>1277</v>
       </c>
       <c r="E344" t="s">
-        <v>1149</v>
+        <v>1278</v>
       </c>
       <c r="F344" t="s">
-        <v>807</v>
+        <v>30</v>
       </c>
       <c r="G344" s="1" t="s">
-        <v>1310</v>
+        <v>1338</v>
       </c>
       <c r="H344" t="s">
-        <v>1311</v>
+        <v>1339</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
-        <v>1312</v>
+        <v>1340</v>
       </c>
       <c r="B345" t="s">
         <v>9</v>
       </c>
       <c r="C345" t="s">
-        <v>235</v>
+        <v>97</v>
       </c>
       <c r="D345" t="s">
-        <v>1148</v>
+        <v>1277</v>
       </c>
       <c r="E345" t="s">
-        <v>1149</v>
+        <v>1278</v>
       </c>
       <c r="F345" t="s">
-        <v>48</v>
+        <v>30</v>
       </c>
       <c r="G345" s="1" t="s">
-        <v>1313</v>
+        <v>1341</v>
       </c>
       <c r="H345" t="s">
-        <v>1314</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
-        <v>1315</v>
+        <v>1343</v>
       </c>
       <c r="B346" t="s">
         <v>9</v>
       </c>
       <c r="C346" t="s">
-        <v>239</v>
+        <v>102</v>
       </c>
       <c r="D346" t="s">
-        <v>1148</v>
+        <v>1277</v>
       </c>
       <c r="E346" t="s">
-        <v>1149</v>
+        <v>1278</v>
       </c>
       <c r="F346" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="G346" s="1" t="s">
-        <v>1316</v>
+        <v>1344</v>
       </c>
       <c r="H346" t="s">
-        <v>1317</v>
+        <v>1345</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
-        <v>1318</v>
+        <v>1346</v>
       </c>
       <c r="B347" t="s">
         <v>9</v>
       </c>
       <c r="C347" t="s">
-        <v>243</v>
+        <v>106</v>
       </c>
       <c r="D347" t="s">
-        <v>1148</v>
+        <v>1277</v>
       </c>
       <c r="E347" t="s">
-        <v>1149</v>
+        <v>1278</v>
       </c>
       <c r="F347" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="G347" s="1" t="s">
-        <v>1319</v>
+        <v>1347</v>
       </c>
       <c r="H347" t="s">
-        <v>1320</v>
+        <v>1348</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
-        <v>1321</v>
+        <v>1349</v>
       </c>
       <c r="B348" t="s">
         <v>9</v>
       </c>
       <c r="C348" t="s">
-        <v>247</v>
+        <v>110</v>
       </c>
       <c r="D348" t="s">
-        <v>1148</v>
+        <v>1277</v>
       </c>
       <c r="E348" t="s">
-        <v>1149</v>
+        <v>1278</v>
       </c>
       <c r="F348" t="s">
         <v>35</v>
       </c>
       <c r="G348" s="1" t="s">
-        <v>1322</v>
+        <v>1350</v>
       </c>
       <c r="H348" t="s">
-        <v>1323</v>
+        <v>1351</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
-        <v>1324</v>
+        <v>1352</v>
       </c>
       <c r="B349" t="s">
         <v>9</v>
       </c>
       <c r="C349" t="s">
-        <v>251</v>
+        <v>114</v>
       </c>
       <c r="D349" t="s">
-        <v>1148</v>
+        <v>1277</v>
       </c>
       <c r="E349" t="s">
-        <v>1149</v>
+        <v>1278</v>
       </c>
       <c r="F349" t="s">
-        <v>35</v>
+        <v>1036</v>
       </c>
       <c r="G349" s="1" t="s">
-        <v>1325</v>
+        <v>73</v>
       </c>
       <c r="H349" t="s">
-        <v>1326</v>
+        <v>1353</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
-        <v>1327</v>
+        <v>1354</v>
       </c>
       <c r="B350" t="s">
         <v>9</v>
       </c>
       <c r="C350" t="s">
-        <v>255</v>
+        <v>118</v>
       </c>
       <c r="D350" t="s">
-        <v>1148</v>
+        <v>1277</v>
       </c>
       <c r="E350" t="s">
-        <v>1149</v>
+        <v>1278</v>
       </c>
       <c r="F350" t="s">
-        <v>98</v>
+        <v>1036</v>
       </c>
       <c r="G350" s="1" t="s">
-        <v>1328</v>
+        <v>1355</v>
       </c>
       <c r="H350" t="s">
-        <v>1329</v>
+        <v>1356</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
-        <v>1330</v>
+        <v>1357</v>
       </c>
       <c r="B351" t="s">
         <v>9</v>
       </c>
       <c r="C351" t="s">
-        <v>259</v>
+        <v>122</v>
       </c>
       <c r="D351" t="s">
-        <v>1148</v>
+        <v>1277</v>
       </c>
       <c r="E351" t="s">
-        <v>1149</v>
+        <v>1278</v>
       </c>
       <c r="F351" t="s">
-        <v>98</v>
+        <v>127</v>
       </c>
       <c r="G351" s="1" t="s">
-        <v>1331</v>
+        <v>1358</v>
       </c>
       <c r="H351" t="s">
-        <v>1332</v>
+        <v>1359</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
-        <v>1333</v>
+        <v>1360</v>
       </c>
       <c r="B352" t="s">
         <v>9</v>
       </c>
       <c r="C352" t="s">
-        <v>263</v>
+        <v>126</v>
       </c>
       <c r="D352" t="s">
-        <v>1148</v>
+        <v>1277</v>
       </c>
       <c r="E352" t="s">
-        <v>1149</v>
+        <v>1278</v>
       </c>
       <c r="F352" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="G352" s="1" t="s">
-        <v>1334</v>
+        <v>1361</v>
       </c>
       <c r="H352" t="s">
-        <v>1335</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
-        <v>1336</v>
+        <v>1363</v>
       </c>
       <c r="B353" t="s">
         <v>9</v>
       </c>
       <c r="C353" t="s">
-        <v>267</v>
+        <v>131</v>
       </c>
       <c r="D353" t="s">
-        <v>1148</v>
+        <v>1277</v>
       </c>
       <c r="E353" t="s">
-        <v>1149</v>
+        <v>1278</v>
       </c>
       <c r="F353" t="s">
-        <v>807</v>
+        <v>48</v>
       </c>
       <c r="G353" s="1" t="s">
-        <v>1337</v>
+        <v>1364</v>
       </c>
       <c r="H353" t="s">
-        <v>1338</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
-        <v>1339</v>
+        <v>1366</v>
       </c>
       <c r="B354" t="s">
         <v>9</v>
       </c>
       <c r="C354" t="s">
-        <v>271</v>
+        <v>135</v>
       </c>
       <c r="D354" t="s">
-        <v>1148</v>
+        <v>1277</v>
       </c>
       <c r="E354" t="s">
-        <v>1149</v>
+        <v>1278</v>
       </c>
       <c r="F354" t="s">
-        <v>127</v>
+        <v>13</v>
       </c>
       <c r="G354" s="1" t="s">
-        <v>1340</v>
+        <v>1367</v>
       </c>
       <c r="H354" t="s">
-        <v>1341</v>
+        <v>1368</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
-        <v>1342</v>
+        <v>1369</v>
       </c>
       <c r="B355" t="s">
         <v>9</v>
       </c>
       <c r="C355" t="s">
-        <v>10</v>
+        <v>139</v>
       </c>
       <c r="D355" t="s">
-        <v>1343</v>
+        <v>1277</v>
       </c>
       <c r="E355" t="s">
-        <v>1344</v>
+        <v>1278</v>
       </c>
       <c r="F355" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="G355" s="1" t="s">
-        <v>73</v>
+        <v>1370</v>
       </c>
       <c r="H355" t="s">
-        <v>1345</v>
+        <v>1371</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
-        <v>1346</v>
+        <v>1372</v>
       </c>
       <c r="B356" t="s">
         <v>9</v>
       </c>
       <c r="C356" t="s">
-        <v>17</v>
+        <v>143</v>
       </c>
       <c r="D356" t="s">
-        <v>1343</v>
+        <v>1277</v>
       </c>
       <c r="E356" t="s">
-        <v>1344</v>
+        <v>1278</v>
       </c>
       <c r="F356" t="s">
         <v>30</v>
       </c>
       <c r="G356" s="1" t="s">
-        <v>1347</v>
+        <v>1373</v>
       </c>
       <c r="H356" t="s">
-        <v>1348</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
-        <v>1349</v>
+        <v>1375</v>
       </c>
       <c r="B357" t="s">
         <v>9</v>
       </c>
       <c r="C357" t="s">
-        <v>21</v>
+        <v>147</v>
       </c>
       <c r="D357" t="s">
-        <v>1343</v>
+        <v>1277</v>
       </c>
       <c r="E357" t="s">
-        <v>1344</v>
+        <v>1278</v>
       </c>
       <c r="F357" t="s">
         <v>30</v>
       </c>
       <c r="G357" s="1" t="s">
-        <v>1350</v>
+        <v>1376</v>
       </c>
       <c r="H357" t="s">
-        <v>1351</v>
+        <v>1377</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
-        <v>1352</v>
+        <v>1378</v>
       </c>
       <c r="B358" t="s">
         <v>9</v>
       </c>
       <c r="C358" t="s">
-        <v>25</v>
+        <v>151</v>
       </c>
       <c r="D358" t="s">
-        <v>1343</v>
+        <v>1277</v>
       </c>
       <c r="E358" t="s">
-        <v>1344</v>
+        <v>1278</v>
       </c>
       <c r="F358" t="s">
-        <v>1043</v>
+        <v>30</v>
       </c>
       <c r="G358" s="1" t="s">
-        <v>1353</v>
+        <v>1379</v>
       </c>
       <c r="H358" t="s">
-        <v>1354</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
-        <v>1355</v>
+        <v>1381</v>
       </c>
       <c r="B359" t="s">
         <v>9</v>
       </c>
       <c r="C359" t="s">
-        <v>29</v>
+        <v>155</v>
       </c>
       <c r="D359" t="s">
-        <v>1343</v>
+        <v>1277</v>
       </c>
       <c r="E359" t="s">
-        <v>1344</v>
+        <v>1278</v>
       </c>
       <c r="F359" t="s">
-        <v>807</v>
+        <v>30</v>
       </c>
       <c r="G359" s="1" t="s">
-        <v>1356</v>
+        <v>1382</v>
       </c>
       <c r="H359" t="s">
-        <v>1357</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
-        <v>1358</v>
+        <v>1384</v>
       </c>
       <c r="B360" t="s">
         <v>9</v>
       </c>
       <c r="C360" t="s">
-        <v>34</v>
+        <v>159</v>
       </c>
       <c r="D360" t="s">
-        <v>1343</v>
+        <v>1277</v>
       </c>
       <c r="E360" t="s">
-        <v>1344</v>
+        <v>1278</v>
       </c>
       <c r="F360" t="s">
-        <v>1359</v>
+        <v>35</v>
       </c>
       <c r="G360" s="1" t="s">
-        <v>1360</v>
+        <v>1385</v>
       </c>
       <c r="H360" t="s">
-        <v>1361</v>
+        <v>1386</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
-        <v>1362</v>
+        <v>1387</v>
       </c>
       <c r="B361" t="s">
         <v>9</v>
       </c>
       <c r="C361" t="s">
-        <v>39</v>
+        <v>163</v>
       </c>
       <c r="D361" t="s">
-        <v>1343</v>
+        <v>1277</v>
       </c>
       <c r="E361" t="s">
-        <v>1344</v>
+        <v>1278</v>
       </c>
       <c r="F361" t="s">
-        <v>13</v>
+        <v>48</v>
       </c>
       <c r="G361" s="1" t="s">
-        <v>1363</v>
+        <v>1388</v>
       </c>
       <c r="H361" t="s">
-        <v>1364</v>
+        <v>1389</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
-        <v>1365</v>
+        <v>1390</v>
       </c>
       <c r="B362" t="s">
         <v>9</v>
       </c>
       <c r="C362" t="s">
-        <v>43</v>
+        <v>167</v>
       </c>
       <c r="D362" t="s">
-        <v>1343</v>
+        <v>1277</v>
       </c>
       <c r="E362" t="s">
-        <v>1344</v>
+        <v>1278</v>
       </c>
       <c r="F362" t="s">
-        <v>30</v>
+        <v>807</v>
       </c>
       <c r="G362" s="1" t="s">
-        <v>1366</v>
+        <v>1391</v>
       </c>
       <c r="H362" t="s">
-        <v>1367</v>
+        <v>1392</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
-        <v>1368</v>
+        <v>1393</v>
       </c>
       <c r="B363" t="s">
         <v>9</v>
       </c>
       <c r="C363" t="s">
-        <v>47</v>
+        <v>171</v>
       </c>
       <c r="D363" t="s">
-        <v>1343</v>
+        <v>1277</v>
       </c>
       <c r="E363" t="s">
-        <v>1344</v>
+        <v>1278</v>
       </c>
       <c r="F363" t="s">
-        <v>1043</v>
+        <v>807</v>
       </c>
       <c r="G363" s="1" t="s">
-        <v>1369</v>
+        <v>1394</v>
       </c>
       <c r="H363" t="s">
-        <v>1370</v>
+        <v>1395</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
-        <v>1371</v>
+        <v>1396</v>
       </c>
       <c r="B364" t="s">
         <v>9</v>
       </c>
       <c r="C364" t="s">
-        <v>52</v>
+        <v>175</v>
       </c>
       <c r="D364" t="s">
-        <v>1343</v>
+        <v>1277</v>
       </c>
       <c r="E364" t="s">
-        <v>1344</v>
+        <v>1278</v>
       </c>
       <c r="F364" t="s">
-        <v>127</v>
+        <v>48</v>
       </c>
       <c r="G364" s="1" t="s">
-        <v>1372</v>
+        <v>1397</v>
       </c>
       <c r="H364" t="s">
-        <v>1373</v>
+        <v>1398</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
-        <v>1374</v>
+        <v>1399</v>
       </c>
       <c r="B365" t="s">
         <v>9</v>
       </c>
       <c r="C365" t="s">
-        <v>56</v>
+        <v>179</v>
       </c>
       <c r="D365" t="s">
-        <v>1343</v>
+        <v>1277</v>
       </c>
       <c r="E365" t="s">
-        <v>1344</v>
+        <v>1278</v>
       </c>
       <c r="F365" t="s">
-        <v>89</v>
+        <v>13</v>
       </c>
       <c r="G365" s="1" t="s">
-        <v>1375</v>
+        <v>1400</v>
       </c>
       <c r="H365" t="s">
-        <v>1376</v>
+        <v>1401</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
-        <v>1377</v>
+        <v>1402</v>
       </c>
       <c r="B366" t="s">
         <v>9</v>
       </c>
       <c r="C366" t="s">
-        <v>60</v>
+        <v>183</v>
       </c>
       <c r="D366" t="s">
-        <v>1343</v>
+        <v>1277</v>
       </c>
       <c r="E366" t="s">
-        <v>1344</v>
+        <v>1278</v>
       </c>
       <c r="F366" t="s">
-        <v>98</v>
+        <v>48</v>
       </c>
       <c r="G366" s="1" t="s">
-        <v>1378</v>
+        <v>1403</v>
       </c>
       <c r="H366" t="s">
-        <v>1379</v>
+        <v>1404</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
-        <v>1380</v>
+        <v>1405</v>
       </c>
       <c r="B367" t="s">
         <v>9</v>
       </c>
       <c r="C367" t="s">
-        <v>64</v>
+        <v>187</v>
       </c>
       <c r="D367" t="s">
-        <v>1343</v>
+        <v>1277</v>
       </c>
       <c r="E367" t="s">
-        <v>1344</v>
+        <v>1278</v>
       </c>
       <c r="F367" t="s">
-        <v>35</v>
+        <v>13</v>
       </c>
       <c r="G367" s="1" t="s">
-        <v>1381</v>
+        <v>1406</v>
       </c>
       <c r="H367" t="s">
-        <v>1382</v>
+        <v>1407</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
-        <v>1383</v>
+        <v>1408</v>
       </c>
       <c r="B368" t="s">
         <v>9</v>
       </c>
       <c r="C368" t="s">
-        <v>68</v>
+        <v>191</v>
       </c>
       <c r="D368" t="s">
-        <v>1343</v>
+        <v>1277</v>
       </c>
       <c r="E368" t="s">
-        <v>1344</v>
+        <v>1278</v>
       </c>
       <c r="F368" t="s">
         <v>48</v>
       </c>
       <c r="G368" s="1" t="s">
-        <v>1384</v>
+        <v>1409</v>
       </c>
       <c r="H368" t="s">
-        <v>1385</v>
+        <v>1410</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
-        <v>1386</v>
+        <v>1411</v>
       </c>
       <c r="B369" t="s">
         <v>9</v>
       </c>
       <c r="C369" t="s">
-        <v>72</v>
+        <v>195</v>
       </c>
       <c r="D369" t="s">
-        <v>1343</v>
+        <v>1277</v>
       </c>
       <c r="E369" t="s">
-        <v>1344</v>
+        <v>1278</v>
       </c>
       <c r="F369" t="s">
-        <v>30</v>
+        <v>127</v>
       </c>
       <c r="G369" s="1" t="s">
-        <v>1387</v>
+        <v>1412</v>
       </c>
       <c r="H369" t="s">
-        <v>1388</v>
+        <v>1413</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
-        <v>1389</v>
+        <v>1414</v>
       </c>
       <c r="B370" t="s">
         <v>9</v>
       </c>
       <c r="C370" t="s">
-        <v>76</v>
+        <v>199</v>
       </c>
       <c r="D370" t="s">
-        <v>1343</v>
+        <v>1277</v>
       </c>
       <c r="E370" t="s">
-        <v>1344</v>
+        <v>1278</v>
       </c>
       <c r="F370" t="s">
         <v>30</v>
       </c>
       <c r="G370" s="1" t="s">
-        <v>1390</v>
+        <v>1415</v>
       </c>
       <c r="H370" t="s">
-        <v>1391</v>
+        <v>1416</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
-        <v>1392</v>
+        <v>1417</v>
       </c>
       <c r="B371" t="s">
         <v>9</v>
       </c>
       <c r="C371" t="s">
-        <v>80</v>
+        <v>203</v>
       </c>
       <c r="D371" t="s">
-        <v>1343</v>
+        <v>1277</v>
       </c>
       <c r="E371" t="s">
-        <v>1344</v>
+        <v>1278</v>
       </c>
       <c r="F371" t="s">
         <v>13</v>
       </c>
       <c r="G371" s="1" t="s">
-        <v>1393</v>
+        <v>1418</v>
       </c>
       <c r="H371" t="s">
-        <v>1394</v>
+        <v>1419</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
-        <v>1395</v>
+        <v>1420</v>
       </c>
       <c r="B372" t="s">
         <v>9</v>
       </c>
       <c r="C372" t="s">
-        <v>84</v>
+        <v>207</v>
       </c>
       <c r="D372" t="s">
-        <v>1343</v>
+        <v>1277</v>
       </c>
       <c r="E372" t="s">
-        <v>1344</v>
+        <v>1278</v>
       </c>
       <c r="F372" t="s">
-        <v>807</v>
+        <v>127</v>
       </c>
       <c r="G372" s="1" t="s">
-        <v>1396</v>
+        <v>1421</v>
       </c>
       <c r="H372" t="s">
-        <v>1397</v>
+        <v>1422</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
-        <v>1398</v>
+        <v>1423</v>
       </c>
       <c r="B373" t="s">
         <v>9</v>
       </c>
       <c r="C373" t="s">
-        <v>10</v>
+        <v>211</v>
       </c>
       <c r="D373" t="s">
-        <v>1399</v>
+        <v>1277</v>
       </c>
       <c r="E373" t="s">
-        <v>1400</v>
+        <v>1278</v>
       </c>
       <c r="F373" t="s">
-        <v>1061</v>
+        <v>1036</v>
       </c>
       <c r="G373" s="1" t="s">
-        <v>1401</v>
+        <v>1424</v>
       </c>
       <c r="H373" t="s">
-        <v>1402</v>
+        <v>1425</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
-        <v>1403</v>
+        <v>1426</v>
       </c>
       <c r="B374" t="s">
         <v>9</v>
       </c>
       <c r="C374" t="s">
-        <v>17</v>
+        <v>215</v>
       </c>
       <c r="D374" t="s">
-        <v>1399</v>
+        <v>1277</v>
       </c>
       <c r="E374" t="s">
-        <v>1400</v>
+        <v>1278</v>
       </c>
       <c r="F374" t="s">
-        <v>1061</v>
+        <v>98</v>
       </c>
       <c r="G374" s="1" t="s">
-        <v>1404</v>
+        <v>1427</v>
       </c>
       <c r="H374" t="s">
-        <v>1405</v>
+        <v>1428</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
-        <v>1406</v>
+        <v>1429</v>
       </c>
       <c r="B375" t="s">
         <v>9</v>
       </c>
       <c r="C375" t="s">
-        <v>21</v>
+        <v>219</v>
       </c>
       <c r="D375" t="s">
-        <v>1399</v>
+        <v>1277</v>
       </c>
       <c r="E375" t="s">
-        <v>1400</v>
+        <v>1278</v>
       </c>
       <c r="F375" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="G375" s="1" t="s">
-        <v>1407</v>
+        <v>1430</v>
       </c>
       <c r="H375" t="s">
-        <v>1408</v>
+        <v>1431</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
-        <v>1409</v>
+        <v>1432</v>
       </c>
       <c r="B376" t="s">
         <v>9</v>
       </c>
       <c r="C376" t="s">
-        <v>25</v>
+        <v>223</v>
       </c>
       <c r="D376" t="s">
-        <v>1399</v>
+        <v>1277</v>
       </c>
       <c r="E376" t="s">
-        <v>1400</v>
+        <v>1278</v>
       </c>
       <c r="F376" t="s">
-        <v>30</v>
+        <v>807</v>
       </c>
       <c r="G376" s="1" t="s">
-        <v>1410</v>
+        <v>1433</v>
       </c>
       <c r="H376" t="s">
-        <v>1411</v>
+        <v>1434</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
-        <v>1412</v>
+        <v>1435</v>
       </c>
       <c r="B377" t="s">
         <v>9</v>
       </c>
       <c r="C377" t="s">
-        <v>29</v>
+        <v>227</v>
       </c>
       <c r="D377" t="s">
-        <v>1399</v>
+        <v>1277</v>
       </c>
       <c r="E377" t="s">
-        <v>1400</v>
+        <v>1278</v>
       </c>
       <c r="F377" t="s">
-        <v>30</v>
+        <v>807</v>
       </c>
       <c r="G377" s="1" t="s">
-        <v>1413</v>
+        <v>1436</v>
       </c>
       <c r="H377" t="s">
-        <v>1414</v>
+        <v>1437</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
-        <v>1415</v>
+        <v>1438</v>
       </c>
       <c r="B378" t="s">
         <v>9</v>
       </c>
       <c r="C378" t="s">
-        <v>34</v>
+        <v>231</v>
       </c>
       <c r="D378" t="s">
-        <v>1399</v>
+        <v>1277</v>
       </c>
       <c r="E378" t="s">
-        <v>1400</v>
+        <v>1278</v>
       </c>
       <c r="F378" t="s">
-        <v>30</v>
+        <v>807</v>
       </c>
       <c r="G378" s="1" t="s">
-        <v>1416</v>
+        <v>1439</v>
       </c>
       <c r="H378" t="s">
-        <v>1417</v>
+        <v>1440</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
-        <v>1418</v>
+        <v>1441</v>
       </c>
       <c r="B379" t="s">
         <v>9</v>
       </c>
       <c r="C379" t="s">
-        <v>10</v>
+        <v>235</v>
       </c>
       <c r="D379" t="s">
-        <v>1419</v>
+        <v>1277</v>
       </c>
       <c r="E379" t="s">
-        <v>1420</v>
+        <v>1278</v>
       </c>
       <c r="F379" t="s">
-        <v>1421</v>
+        <v>48</v>
       </c>
       <c r="G379" s="1" t="s">
-        <v>1422</v>
+        <v>1442</v>
       </c>
       <c r="H379" t="s">
-        <v>1423</v>
+        <v>1443</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
-        <v>1424</v>
+        <v>1444</v>
       </c>
       <c r="B380" t="s">
         <v>9</v>
       </c>
       <c r="C380" t="s">
-        <v>10</v>
+        <v>239</v>
       </c>
       <c r="D380" t="s">
-        <v>1425</v>
+        <v>1277</v>
       </c>
       <c r="E380" t="s">
-        <v>1426</v>
+        <v>1278</v>
       </c>
       <c r="F380" t="s">
-        <v>1421</v>
+        <v>48</v>
       </c>
       <c r="G380" s="1" t="s">
-        <v>1427</v>
+        <v>1445</v>
       </c>
       <c r="H380" t="s">
-        <v>1428</v>
+        <v>1446</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
-        <v>1429</v>
+        <v>1447</v>
       </c>
       <c r="B381" t="s">
         <v>9</v>
       </c>
       <c r="C381" t="s">
-        <v>17</v>
+        <v>243</v>
       </c>
       <c r="D381" t="s">
-        <v>1425</v>
+        <v>1277</v>
       </c>
       <c r="E381" t="s">
-        <v>1426</v>
+        <v>1278</v>
       </c>
       <c r="F381" t="s">
-        <v>1421</v>
+        <v>48</v>
       </c>
       <c r="G381" s="1" t="s">
-        <v>1430</v>
+        <v>1448</v>
       </c>
       <c r="H381" t="s">
-        <v>1431</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
-        <v>1432</v>
+        <v>1450</v>
       </c>
       <c r="B382" t="s">
         <v>9</v>
       </c>
       <c r="C382" t="s">
-        <v>10</v>
+        <v>247</v>
       </c>
       <c r="D382" t="s">
-        <v>1433</v>
+        <v>1277</v>
       </c>
       <c r="E382" t="s">
-        <v>1434</v>
+        <v>1278</v>
       </c>
       <c r="F382" t="s">
-        <v>1421</v>
+        <v>35</v>
       </c>
       <c r="G382" s="1" t="s">
-        <v>1435</v>
+        <v>1451</v>
       </c>
       <c r="H382" t="s">
-        <v>1436</v>
+        <v>1452</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
-        <v>1437</v>
+        <v>1453</v>
       </c>
       <c r="B383" t="s">
         <v>9</v>
       </c>
       <c r="C383" t="s">
-        <v>17</v>
+        <v>251</v>
       </c>
       <c r="D383" t="s">
-        <v>1433</v>
+        <v>1277</v>
       </c>
       <c r="E383" t="s">
-        <v>1434</v>
+        <v>1278</v>
       </c>
       <c r="F383" t="s">
-        <v>1421</v>
+        <v>35</v>
       </c>
       <c r="G383" s="1" t="s">
-        <v>1438</v>
+        <v>1454</v>
       </c>
       <c r="H383" t="s">
-        <v>1439</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
-        <v>1440</v>
+        <v>1456</v>
       </c>
       <c r="B384" t="s">
         <v>9</v>
       </c>
       <c r="C384" t="s">
-        <v>21</v>
+        <v>255</v>
       </c>
       <c r="D384" t="s">
-        <v>1433</v>
+        <v>1277</v>
       </c>
       <c r="E384" t="s">
-        <v>1434</v>
+        <v>1278</v>
       </c>
       <c r="F384" t="s">
-        <v>1421</v>
+        <v>98</v>
       </c>
       <c r="G384" s="1" t="s">
-        <v>1441</v>
+        <v>1457</v>
       </c>
       <c r="H384" t="s">
-        <v>1442</v>
+        <v>1458</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
-        <v>1443</v>
+        <v>1459</v>
       </c>
       <c r="B385" t="s">
         <v>9</v>
       </c>
       <c r="C385" t="s">
-        <v>25</v>
+        <v>259</v>
       </c>
       <c r="D385" t="s">
-        <v>1433</v>
+        <v>1277</v>
       </c>
       <c r="E385" t="s">
-        <v>1434</v>
+        <v>1278</v>
       </c>
       <c r="F385" t="s">
-        <v>1421</v>
+        <v>98</v>
       </c>
       <c r="G385" s="1" t="s">
-        <v>1444</v>
+        <v>1460</v>
       </c>
       <c r="H385" t="s">
-        <v>1445</v>
+        <v>1461</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
-        <v>1446</v>
+        <v>1462</v>
       </c>
       <c r="B386" t="s">
         <v>9</v>
       </c>
       <c r="C386" t="s">
-        <v>29</v>
+        <v>263</v>
       </c>
       <c r="D386" t="s">
-        <v>1433</v>
+        <v>1277</v>
       </c>
       <c r="E386" t="s">
-        <v>1434</v>
+        <v>1278</v>
       </c>
       <c r="F386" t="s">
-        <v>1421</v>
+        <v>13</v>
       </c>
       <c r="G386" s="1" t="s">
-        <v>1447</v>
+        <v>1463</v>
       </c>
       <c r="H386" t="s">
-        <v>1448</v>
+        <v>1464</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
-        <v>1449</v>
+        <v>1465</v>
       </c>
       <c r="B387" t="s">
         <v>9</v>
       </c>
       <c r="C387" t="s">
-        <v>34</v>
+        <v>267</v>
       </c>
       <c r="D387" t="s">
-        <v>1433</v>
+        <v>1277</v>
       </c>
       <c r="E387" t="s">
-        <v>1434</v>
+        <v>1278</v>
       </c>
       <c r="F387" t="s">
-        <v>1421</v>
+        <v>807</v>
       </c>
       <c r="G387" s="1" t="s">
-        <v>1450</v>
+        <v>1466</v>
       </c>
       <c r="H387" t="s">
-        <v>1451</v>
+        <v>1467</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
-        <v>1452</v>
+        <v>1468</v>
       </c>
       <c r="B388" t="s">
         <v>9</v>
       </c>
       <c r="C388" t="s">
-        <v>39</v>
+        <v>271</v>
       </c>
       <c r="D388" t="s">
-        <v>1433</v>
+        <v>1277</v>
       </c>
       <c r="E388" t="s">
-        <v>1434</v>
+        <v>1278</v>
       </c>
       <c r="F388" t="s">
-        <v>1421</v>
+        <v>127</v>
       </c>
       <c r="G388" s="1" t="s">
-        <v>1453</v>
+        <v>1469</v>
       </c>
       <c r="H388" t="s">
-        <v>1454</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
-        <v>1455</v>
+        <v>1471</v>
       </c>
       <c r="B389" t="s">
         <v>9</v>
       </c>
       <c r="C389" t="s">
-        <v>43</v>
+        <v>275</v>
       </c>
       <c r="D389" t="s">
-        <v>1433</v>
+        <v>1277</v>
       </c>
       <c r="E389" t="s">
-        <v>1434</v>
+        <v>1278</v>
       </c>
       <c r="F389" t="s">
-        <v>1421</v>
+        <v>98</v>
       </c>
       <c r="G389" s="1" t="s">
-        <v>1456</v>
+        <v>1472</v>
       </c>
       <c r="H389" t="s">
-        <v>1457</v>
+        <v>1473</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
-        <v>1458</v>
+        <v>1474</v>
       </c>
       <c r="B390" t="s">
         <v>9</v>
       </c>
       <c r="C390" t="s">
-        <v>47</v>
+        <v>278</v>
       </c>
       <c r="D390" t="s">
-        <v>1433</v>
+        <v>1277</v>
       </c>
       <c r="E390" t="s">
-        <v>1434</v>
+        <v>1278</v>
       </c>
       <c r="F390" t="s">
-        <v>1421</v>
+        <v>1036</v>
       </c>
       <c r="G390" s="1" t="s">
-        <v>1459</v>
+        <v>1475</v>
       </c>
       <c r="H390" t="s">
-        <v>1460</v>
+        <v>1476</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
-        <v>1461</v>
+        <v>1477</v>
       </c>
       <c r="B391" t="s">
         <v>9</v>
       </c>
       <c r="C391" t="s">
-        <v>52</v>
+        <v>282</v>
       </c>
       <c r="D391" t="s">
-        <v>1433</v>
+        <v>1277</v>
       </c>
       <c r="E391" t="s">
-        <v>1434</v>
+        <v>1278</v>
       </c>
       <c r="F391" t="s">
-        <v>1421</v>
+        <v>1036</v>
       </c>
       <c r="G391" s="1" t="s">
-        <v>1462</v>
+        <v>1478</v>
       </c>
       <c r="H391" t="s">
-        <v>1463</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
-        <v>1464</v>
+        <v>1480</v>
       </c>
       <c r="B392" t="s">
         <v>9</v>
       </c>
       <c r="C392" t="s">
-        <v>56</v>
+        <v>286</v>
       </c>
       <c r="D392" t="s">
-        <v>1433</v>
+        <v>1277</v>
       </c>
       <c r="E392" t="s">
-        <v>1434</v>
+        <v>1278</v>
       </c>
       <c r="F392" t="s">
-        <v>1421</v>
+        <v>30</v>
       </c>
       <c r="G392" s="1" t="s">
-        <v>1465</v>
+        <v>1481</v>
       </c>
       <c r="H392" t="s">
-        <v>1466</v>
+        <v>1482</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
-        <v>1467</v>
+        <v>1483</v>
       </c>
       <c r="B393" t="s">
         <v>9</v>
       </c>
       <c r="C393" t="s">
-        <v>60</v>
+        <v>290</v>
       </c>
       <c r="D393" t="s">
-        <v>1433</v>
+        <v>1277</v>
       </c>
       <c r="E393" t="s">
-        <v>1434</v>
+        <v>1278</v>
       </c>
       <c r="F393" t="s">
-        <v>1421</v>
+        <v>30</v>
       </c>
       <c r="G393" s="1" t="s">
-        <v>1468</v>
+        <v>1484</v>
       </c>
       <c r="H393" t="s">
-        <v>1469</v>
+        <v>1485</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
-        <v>1470</v>
+        <v>1486</v>
       </c>
       <c r="B394" t="s">
         <v>9</v>
       </c>
       <c r="C394" t="s">
-        <v>64</v>
+        <v>294</v>
       </c>
       <c r="D394" t="s">
-        <v>1433</v>
+        <v>1277</v>
       </c>
       <c r="E394" t="s">
-        <v>1434</v>
+        <v>1278</v>
       </c>
       <c r="F394" t="s">
-        <v>1421</v>
+        <v>89</v>
       </c>
       <c r="G394" s="1" t="s">
-        <v>1471</v>
+        <v>1487</v>
       </c>
       <c r="H394" t="s">
-        <v>1472</v>
+        <v>1488</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
-        <v>1473</v>
+        <v>1489</v>
       </c>
       <c r="B395" t="s">
         <v>9</v>
       </c>
       <c r="C395" t="s">
-        <v>68</v>
+        <v>298</v>
       </c>
       <c r="D395" t="s">
-        <v>1433</v>
+        <v>1277</v>
       </c>
       <c r="E395" t="s">
-        <v>1434</v>
+        <v>1278</v>
       </c>
       <c r="F395" t="s">
-        <v>1421</v>
+        <v>127</v>
       </c>
       <c r="G395" s="1" t="s">
-        <v>1474</v>
+        <v>1490</v>
       </c>
       <c r="H395" t="s">
-        <v>1475</v>
+        <v>1491</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
-        <v>1476</v>
+        <v>1492</v>
       </c>
       <c r="B396" t="s">
         <v>9</v>
       </c>
       <c r="C396" t="s">
-        <v>72</v>
+        <v>302</v>
       </c>
       <c r="D396" t="s">
-        <v>1433</v>
+        <v>1277</v>
       </c>
       <c r="E396" t="s">
-        <v>1434</v>
+        <v>1278</v>
       </c>
       <c r="F396" t="s">
-        <v>1421</v>
+        <v>89</v>
       </c>
       <c r="G396" s="1" t="s">
-        <v>1477</v>
+        <v>1493</v>
       </c>
       <c r="H396" t="s">
-        <v>1478</v>
+        <v>1494</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
-        <v>1479</v>
+        <v>1495</v>
       </c>
       <c r="B397" t="s">
         <v>9</v>
       </c>
       <c r="C397" t="s">
-        <v>76</v>
+        <v>306</v>
       </c>
       <c r="D397" t="s">
-        <v>1433</v>
+        <v>1277</v>
       </c>
       <c r="E397" t="s">
-        <v>1434</v>
+        <v>1278</v>
       </c>
       <c r="F397" t="s">
-        <v>1421</v>
+        <v>48</v>
       </c>
       <c r="G397" s="1" t="s">
-        <v>1480</v>
+        <v>1496</v>
       </c>
       <c r="H397" t="s">
-        <v>1481</v>
+        <v>1497</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
-        <v>1482</v>
+        <v>1498</v>
       </c>
       <c r="B398" t="s">
         <v>9</v>
       </c>
       <c r="C398" t="s">
-        <v>80</v>
+        <v>310</v>
       </c>
       <c r="D398" t="s">
-        <v>1433</v>
+        <v>1277</v>
       </c>
       <c r="E398" t="s">
-        <v>1434</v>
+        <v>1278</v>
       </c>
       <c r="F398" t="s">
-        <v>1421</v>
+        <v>48</v>
       </c>
       <c r="G398" s="1" t="s">
-        <v>1483</v>
+        <v>1499</v>
       </c>
       <c r="H398" t="s">
-        <v>1484</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
-        <v>1485</v>
+        <v>1501</v>
       </c>
       <c r="B399" t="s">
         <v>9</v>
       </c>
       <c r="C399" t="s">
-        <v>84</v>
+        <v>314</v>
       </c>
       <c r="D399" t="s">
-        <v>1433</v>
+        <v>1277</v>
       </c>
       <c r="E399" t="s">
-        <v>1434</v>
+        <v>1278</v>
       </c>
       <c r="F399" t="s">
-        <v>1421</v>
+        <v>48</v>
       </c>
       <c r="G399" s="1" t="s">
-        <v>1486</v>
+        <v>1502</v>
       </c>
       <c r="H399" t="s">
-        <v>1487</v>
+        <v>1503</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
-        <v>1488</v>
+        <v>1504</v>
       </c>
       <c r="B400" t="s">
         <v>9</v>
       </c>
       <c r="C400" t="s">
-        <v>88</v>
+        <v>318</v>
       </c>
       <c r="D400" t="s">
-        <v>1433</v>
+        <v>1277</v>
       </c>
       <c r="E400" t="s">
-        <v>1434</v>
+        <v>1278</v>
       </c>
       <c r="F400" t="s">
-        <v>1421</v>
+        <v>98</v>
       </c>
       <c r="G400" s="1" t="s">
-        <v>1489</v>
+        <v>1505</v>
       </c>
       <c r="H400" t="s">
-        <v>1490</v>
+        <v>1506</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
-        <v>1491</v>
+        <v>1507</v>
       </c>
       <c r="B401" t="s">
         <v>9</v>
       </c>
       <c r="C401" t="s">
-        <v>93</v>
+        <v>322</v>
       </c>
       <c r="D401" t="s">
-        <v>1433</v>
+        <v>1277</v>
       </c>
       <c r="E401" t="s">
-        <v>1434</v>
+        <v>1278</v>
       </c>
       <c r="F401" t="s">
-        <v>1421</v>
+        <v>98</v>
       </c>
       <c r="G401" s="1" t="s">
-        <v>1492</v>
+        <v>1508</v>
       </c>
       <c r="H401" t="s">
-        <v>1493</v>
+        <v>1509</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
-        <v>1494</v>
+        <v>1510</v>
       </c>
       <c r="B402" t="s">
         <v>9</v>
       </c>
       <c r="C402" t="s">
-        <v>97</v>
+        <v>326</v>
       </c>
       <c r="D402" t="s">
-        <v>1433</v>
+        <v>1277</v>
       </c>
       <c r="E402" t="s">
-        <v>1434</v>
+        <v>1278</v>
       </c>
       <c r="F402" t="s">
-        <v>1421</v>
+        <v>98</v>
       </c>
       <c r="G402" s="1" t="s">
-        <v>1495</v>
+        <v>1511</v>
       </c>
       <c r="H402" t="s">
-        <v>1496</v>
+        <v>1512</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
-        <v>1497</v>
+        <v>1513</v>
       </c>
       <c r="B403" t="s">
         <v>9</v>
       </c>
       <c r="C403" t="s">
-        <v>102</v>
+        <v>330</v>
       </c>
       <c r="D403" t="s">
-        <v>1433</v>
+        <v>1277</v>
       </c>
       <c r="E403" t="s">
-        <v>1434</v>
+        <v>1278</v>
       </c>
       <c r="F403" t="s">
-        <v>1421</v>
+        <v>89</v>
       </c>
       <c r="G403" s="1" t="s">
-        <v>1498</v>
+        <v>1514</v>
       </c>
       <c r="H403" t="s">
-        <v>1499</v>
+        <v>1515</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
-        <v>1500</v>
+        <v>1516</v>
       </c>
       <c r="B404" t="s">
         <v>9</v>
       </c>
       <c r="C404" t="s">
-        <v>106</v>
+        <v>334</v>
       </c>
       <c r="D404" t="s">
-        <v>1433</v>
+        <v>1277</v>
       </c>
       <c r="E404" t="s">
-        <v>1434</v>
+        <v>1278</v>
       </c>
       <c r="F404" t="s">
-        <v>1421</v>
+        <v>807</v>
       </c>
       <c r="G404" s="1" t="s">
-        <v>1501</v>
+        <v>1517</v>
       </c>
       <c r="H404" t="s">
-        <v>1502</v>
+        <v>1518</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
-        <v>1503</v>
+        <v>1519</v>
       </c>
       <c r="B405" t="s">
         <v>9</v>
       </c>
       <c r="C405" t="s">
-        <v>110</v>
+        <v>338</v>
       </c>
       <c r="D405" t="s">
-        <v>1433</v>
+        <v>1277</v>
       </c>
       <c r="E405" t="s">
-        <v>1434</v>
+        <v>1278</v>
       </c>
       <c r="F405" t="s">
-        <v>1421</v>
+        <v>30</v>
       </c>
       <c r="G405" s="1" t="s">
-        <v>1504</v>
+        <v>1520</v>
       </c>
       <c r="H405" t="s">
-        <v>1505</v>
+        <v>1521</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
-        <v>1506</v>
+        <v>1522</v>
       </c>
       <c r="B406" t="s">
         <v>9</v>
       </c>
       <c r="C406" t="s">
-        <v>114</v>
+        <v>342</v>
       </c>
       <c r="D406" t="s">
-        <v>1433</v>
+        <v>1277</v>
       </c>
       <c r="E406" t="s">
-        <v>1434</v>
+        <v>1278</v>
       </c>
       <c r="F406" t="s">
-        <v>1421</v>
+        <v>13</v>
       </c>
       <c r="G406" s="1" t="s">
-        <v>1507</v>
+        <v>1523</v>
       </c>
       <c r="H406" t="s">
-        <v>1508</v>
+        <v>1524</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
-        <v>1509</v>
+        <v>1525</v>
       </c>
       <c r="B407" t="s">
         <v>9</v>
       </c>
       <c r="C407" t="s">
-        <v>118</v>
+        <v>346</v>
       </c>
       <c r="D407" t="s">
-        <v>1433</v>
+        <v>1277</v>
       </c>
       <c r="E407" t="s">
-        <v>1434</v>
+        <v>1278</v>
       </c>
       <c r="F407" t="s">
-        <v>1421</v>
+        <v>13</v>
       </c>
       <c r="G407" s="1" t="s">
-        <v>1510</v>
+        <v>1526</v>
       </c>
       <c r="H407" t="s">
-        <v>1511</v>
+        <v>1527</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
-        <v>1512</v>
+        <v>1528</v>
       </c>
       <c r="B408" t="s">
         <v>9</v>
       </c>
       <c r="C408" t="s">
-        <v>122</v>
+        <v>350</v>
       </c>
       <c r="D408" t="s">
-        <v>1433</v>
+        <v>1277</v>
       </c>
       <c r="E408" t="s">
-        <v>1434</v>
+        <v>1278</v>
       </c>
       <c r="F408" t="s">
-        <v>1421</v>
+        <v>48</v>
       </c>
       <c r="G408" s="1" t="s">
-        <v>1513</v>
+        <v>1529</v>
       </c>
       <c r="H408" t="s">
-        <v>1514</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
-        <v>1515</v>
+        <v>1531</v>
       </c>
       <c r="B409" t="s">
         <v>9</v>
       </c>
       <c r="C409" t="s">
-        <v>126</v>
+        <v>354</v>
       </c>
       <c r="D409" t="s">
-        <v>1433</v>
+        <v>1277</v>
       </c>
       <c r="E409" t="s">
-        <v>1434</v>
+        <v>1278</v>
       </c>
       <c r="F409" t="s">
-        <v>1421</v>
+        <v>13</v>
       </c>
       <c r="G409" s="1" t="s">
-        <v>1516</v>
+        <v>1532</v>
       </c>
       <c r="H409" t="s">
-        <v>1517</v>
+        <v>1533</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
-        <v>1518</v>
+        <v>1534</v>
       </c>
       <c r="B410" t="s">
         <v>9</v>
       </c>
       <c r="C410" t="s">
-        <v>131</v>
+        <v>358</v>
       </c>
       <c r="D410" t="s">
-        <v>1433</v>
+        <v>1277</v>
       </c>
       <c r="E410" t="s">
-        <v>1434</v>
+        <v>1278</v>
       </c>
       <c r="F410" t="s">
-        <v>1421</v>
+        <v>89</v>
       </c>
       <c r="G410" s="1" t="s">
-        <v>1519</v>
+        <v>1535</v>
       </c>
       <c r="H410" t="s">
-        <v>1520</v>
+        <v>1536</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
-        <v>1521</v>
+        <v>1537</v>
       </c>
       <c r="B411" t="s">
         <v>9</v>
       </c>
       <c r="C411" t="s">
-        <v>135</v>
+        <v>362</v>
       </c>
       <c r="D411" t="s">
-        <v>1433</v>
+        <v>1277</v>
       </c>
       <c r="E411" t="s">
-        <v>1434</v>
+        <v>1278</v>
       </c>
       <c r="F411" t="s">
-        <v>1421</v>
+        <v>127</v>
       </c>
       <c r="G411" s="1" t="s">
-        <v>1522</v>
+        <v>1538</v>
       </c>
       <c r="H411" t="s">
-        <v>1523</v>
+        <v>1539</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
-        <v>1524</v>
+        <v>1540</v>
       </c>
       <c r="B412" t="s">
         <v>9</v>
       </c>
       <c r="C412" t="s">
-        <v>139</v>
+        <v>366</v>
       </c>
       <c r="D412" t="s">
-        <v>1433</v>
+        <v>1277</v>
       </c>
       <c r="E412" t="s">
-        <v>1434</v>
+        <v>1278</v>
       </c>
       <c r="F412" t="s">
-        <v>1421</v>
+        <v>35</v>
       </c>
       <c r="G412" s="1" t="s">
-        <v>1525</v>
+        <v>1541</v>
       </c>
       <c r="H412" t="s">
-        <v>1526</v>
+        <v>1542</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
-        <v>1527</v>
+        <v>1543</v>
       </c>
       <c r="B413" t="s">
         <v>9</v>
       </c>
       <c r="C413" t="s">
-        <v>143</v>
+        <v>370</v>
       </c>
       <c r="D413" t="s">
-        <v>1433</v>
+        <v>1277</v>
       </c>
       <c r="E413" t="s">
-        <v>1434</v>
+        <v>1278</v>
       </c>
       <c r="F413" t="s">
-        <v>1421</v>
+        <v>35</v>
       </c>
       <c r="G413" s="1" t="s">
-        <v>1528</v>
+        <v>1544</v>
       </c>
       <c r="H413" t="s">
-        <v>1529</v>
+        <v>1545</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" t="s">
-        <v>1530</v>
+        <v>1546</v>
       </c>
       <c r="B414" t="s">
         <v>9</v>
       </c>
       <c r="C414" t="s">
-        <v>147</v>
+        <v>374</v>
       </c>
       <c r="D414" t="s">
-        <v>1433</v>
+        <v>1277</v>
       </c>
       <c r="E414" t="s">
-        <v>1434</v>
+        <v>1278</v>
       </c>
       <c r="F414" t="s">
-        <v>1421</v>
+        <v>35</v>
       </c>
       <c r="G414" s="1" t="s">
-        <v>1531</v>
+        <v>1547</v>
       </c>
       <c r="H414" t="s">
-        <v>1532</v>
+        <v>1548</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
-        <v>1533</v>
+        <v>1549</v>
       </c>
       <c r="B415" t="s">
         <v>9</v>
       </c>
       <c r="C415" t="s">
-        <v>151</v>
+        <v>378</v>
       </c>
       <c r="D415" t="s">
-        <v>1433</v>
+        <v>1277</v>
       </c>
       <c r="E415" t="s">
-        <v>1434</v>
+        <v>1278</v>
       </c>
       <c r="F415" t="s">
-        <v>1421</v>
+        <v>13</v>
       </c>
       <c r="G415" s="1" t="s">
-        <v>1534</v>
+        <v>1550</v>
       </c>
       <c r="H415" t="s">
-        <v>1535</v>
+        <v>1551</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" t="s">
-        <v>1536</v>
+        <v>1552</v>
       </c>
       <c r="B416" t="s">
         <v>9</v>
       </c>
       <c r="C416" t="s">
-        <v>155</v>
+        <v>382</v>
       </c>
       <c r="D416" t="s">
-        <v>1433</v>
+        <v>1277</v>
       </c>
       <c r="E416" t="s">
-        <v>1434</v>
+        <v>1278</v>
       </c>
       <c r="F416" t="s">
-        <v>1421</v>
+        <v>89</v>
       </c>
       <c r="G416" s="1" t="s">
-        <v>1537</v>
+        <v>1553</v>
       </c>
       <c r="H416" t="s">
-        <v>1538</v>
+        <v>1554</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" t="s">
-        <v>1539</v>
+        <v>1555</v>
       </c>
       <c r="B417" t="s">
         <v>9</v>
       </c>
       <c r="C417" t="s">
-        <v>159</v>
+        <v>386</v>
       </c>
       <c r="D417" t="s">
-        <v>1433</v>
+        <v>1277</v>
       </c>
       <c r="E417" t="s">
-        <v>1434</v>
+        <v>1278</v>
       </c>
       <c r="F417" t="s">
-        <v>1421</v>
+        <v>127</v>
       </c>
       <c r="G417" s="1" t="s">
-        <v>1540</v>
+        <v>1556</v>
       </c>
       <c r="H417" t="s">
-        <v>1541</v>
+        <v>1557</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" t="s">
-        <v>1542</v>
+        <v>1558</v>
       </c>
       <c r="B418" t="s">
         <v>9</v>
       </c>
       <c r="C418" t="s">
-        <v>163</v>
+        <v>390</v>
       </c>
       <c r="D418" t="s">
-        <v>1433</v>
+        <v>1277</v>
       </c>
       <c r="E418" t="s">
-        <v>1434</v>
+        <v>1278</v>
       </c>
       <c r="F418" t="s">
-        <v>1421</v>
+        <v>30</v>
       </c>
       <c r="G418" s="1" t="s">
-        <v>1543</v>
+        <v>1559</v>
       </c>
       <c r="H418" t="s">
-        <v>1544</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" t="s">
-        <v>1545</v>
+        <v>1561</v>
       </c>
       <c r="B419" t="s">
         <v>9</v>
       </c>
       <c r="C419" t="s">
-        <v>10</v>
+        <v>394</v>
       </c>
       <c r="D419" t="s">
-        <v>1546</v>
+        <v>1277</v>
       </c>
       <c r="E419" t="s">
-        <v>1547</v>
+        <v>1278</v>
       </c>
       <c r="F419" t="s">
-        <v>1421</v>
+        <v>30</v>
       </c>
       <c r="G419" s="1" t="s">
-        <v>1548</v>
+        <v>1562</v>
       </c>
       <c r="H419" t="s">
-        <v>1549</v>
+        <v>1563</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" t="s">
-        <v>1550</v>
+        <v>1564</v>
       </c>
       <c r="B420" t="s">
         <v>9</v>
       </c>
       <c r="C420" t="s">
-        <v>17</v>
+        <v>398</v>
       </c>
       <c r="D420" t="s">
-        <v>1546</v>
+        <v>1277</v>
       </c>
       <c r="E420" t="s">
-        <v>1547</v>
+        <v>1278</v>
       </c>
       <c r="F420" t="s">
-        <v>1421</v>
+        <v>48</v>
       </c>
       <c r="G420" s="1" t="s">
-        <v>73</v>
+        <v>1565</v>
       </c>
       <c r="H420" t="s">
-        <v>1549</v>
+        <v>1566</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" t="s">
-        <v>1551</v>
+        <v>1567</v>
       </c>
       <c r="B421" t="s">
         <v>9</v>
       </c>
       <c r="C421" t="s">
-        <v>10</v>
+        <v>402</v>
       </c>
       <c r="D421" t="s">
-        <v>1552</v>
+        <v>1277</v>
       </c>
       <c r="E421" t="s">
-        <v>1553</v>
+        <v>1278</v>
       </c>
       <c r="F421" t="s">
-        <v>1421</v>
+        <v>127</v>
       </c>
       <c r="G421" s="1" t="s">
-        <v>1554</v>
+        <v>1568</v>
       </c>
       <c r="H421" t="s">
-        <v>1555</v>
+        <v>1569</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
-        <v>1556</v>
+        <v>1570</v>
       </c>
       <c r="B422" t="s">
         <v>9</v>
       </c>
       <c r="C422" t="s">
+        <v>406</v>
+      </c>
+      <c r="D422" t="s">
+        <v>1277</v>
+      </c>
+      <c r="E422" t="s">
+        <v>1278</v>
+      </c>
+      <c r="F422" t="s">
+        <v>98</v>
+      </c>
+      <c r="G422" s="1" t="s">
+        <v>1571</v>
+      </c>
+      <c r="H422" t="s">
+        <v>1572</v>
+      </c>
+    </row>
+    <row r="423" spans="1:8">
+      <c r="A423" t="s">
+        <v>1573</v>
+      </c>
+      <c r="B423" t="s">
+        <v>9</v>
+      </c>
+      <c r="C423" t="s">
+        <v>410</v>
+      </c>
+      <c r="D423" t="s">
+        <v>1277</v>
+      </c>
+      <c r="E423" t="s">
+        <v>1278</v>
+      </c>
+      <c r="F423" t="s">
+        <v>98</v>
+      </c>
+      <c r="G423" s="1" t="s">
+        <v>1574</v>
+      </c>
+      <c r="H423" t="s">
+        <v>1575</v>
+      </c>
+    </row>
+    <row r="424" spans="1:8">
+      <c r="A424" t="s">
+        <v>1576</v>
+      </c>
+      <c r="B424" t="s">
+        <v>9</v>
+      </c>
+      <c r="C424" t="s">
+        <v>414</v>
+      </c>
+      <c r="D424" t="s">
+        <v>1277</v>
+      </c>
+      <c r="E424" t="s">
+        <v>1278</v>
+      </c>
+      <c r="F424" t="s">
+        <v>98</v>
+      </c>
+      <c r="G424" s="1" t="s">
+        <v>1577</v>
+      </c>
+      <c r="H424" t="s">
+        <v>1578</v>
+      </c>
+    </row>
+    <row r="425" spans="1:8">
+      <c r="A425" t="s">
+        <v>1579</v>
+      </c>
+      <c r="B425" t="s">
+        <v>9</v>
+      </c>
+      <c r="C425" t="s">
+        <v>10</v>
+      </c>
+      <c r="D425" t="s">
+        <v>1580</v>
+      </c>
+      <c r="E425" t="s">
+        <v>1581</v>
+      </c>
+      <c r="F425" t="s">
+        <v>30</v>
+      </c>
+      <c r="G425" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H425" t="s">
+        <v>1582</v>
+      </c>
+    </row>
+    <row r="426" spans="1:8">
+      <c r="A426" t="s">
+        <v>1583</v>
+      </c>
+      <c r="B426" t="s">
+        <v>9</v>
+      </c>
+      <c r="C426" t="s">
         <v>17</v>
       </c>
-      <c r="D422" t="s">
-[...12 lines deleted...]
-        <v>1558</v>
+      <c r="D426" t="s">
+        <v>1580</v>
+      </c>
+      <c r="E426" t="s">
+        <v>1581</v>
+      </c>
+      <c r="F426" t="s">
+        <v>30</v>
+      </c>
+      <c r="G426" s="1" t="s">
+        <v>1584</v>
+      </c>
+      <c r="H426" t="s">
+        <v>1585</v>
+      </c>
+    </row>
+    <row r="427" spans="1:8">
+      <c r="A427" t="s">
+        <v>1586</v>
+      </c>
+      <c r="B427" t="s">
+        <v>9</v>
+      </c>
+      <c r="C427" t="s">
+        <v>21</v>
+      </c>
+      <c r="D427" t="s">
+        <v>1580</v>
+      </c>
+      <c r="E427" t="s">
+        <v>1581</v>
+      </c>
+      <c r="F427" t="s">
+        <v>30</v>
+      </c>
+      <c r="G427" s="1" t="s">
+        <v>1587</v>
+      </c>
+      <c r="H427" t="s">
+        <v>1588</v>
+      </c>
+    </row>
+    <row r="428" spans="1:8">
+      <c r="A428" t="s">
+        <v>1589</v>
+      </c>
+      <c r="B428" t="s">
+        <v>9</v>
+      </c>
+      <c r="C428" t="s">
+        <v>25</v>
+      </c>
+      <c r="D428" t="s">
+        <v>1580</v>
+      </c>
+      <c r="E428" t="s">
+        <v>1581</v>
+      </c>
+      <c r="F428" t="s">
+        <v>1036</v>
+      </c>
+      <c r="G428" s="1" t="s">
+        <v>1590</v>
+      </c>
+      <c r="H428" t="s">
+        <v>1591</v>
+      </c>
+    </row>
+    <row r="429" spans="1:8">
+      <c r="A429" t="s">
+        <v>1592</v>
+      </c>
+      <c r="B429" t="s">
+        <v>9</v>
+      </c>
+      <c r="C429" t="s">
+        <v>29</v>
+      </c>
+      <c r="D429" t="s">
+        <v>1580</v>
+      </c>
+      <c r="E429" t="s">
+        <v>1581</v>
+      </c>
+      <c r="F429" t="s">
+        <v>807</v>
+      </c>
+      <c r="G429" s="1" t="s">
+        <v>1593</v>
+      </c>
+      <c r="H429" t="s">
+        <v>1594</v>
+      </c>
+    </row>
+    <row r="430" spans="1:8">
+      <c r="A430" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B430" t="s">
+        <v>9</v>
+      </c>
+      <c r="C430" t="s">
+        <v>34</v>
+      </c>
+      <c r="D430" t="s">
+        <v>1580</v>
+      </c>
+      <c r="E430" t="s">
+        <v>1581</v>
+      </c>
+      <c r="F430" t="s">
+        <v>1596</v>
+      </c>
+      <c r="G430" s="1" t="s">
+        <v>1597</v>
+      </c>
+      <c r="H430" t="s">
+        <v>1598</v>
+      </c>
+    </row>
+    <row r="431" spans="1:8">
+      <c r="A431" t="s">
+        <v>1599</v>
+      </c>
+      <c r="B431" t="s">
+        <v>9</v>
+      </c>
+      <c r="C431" t="s">
+        <v>39</v>
+      </c>
+      <c r="D431" t="s">
+        <v>1580</v>
+      </c>
+      <c r="E431" t="s">
+        <v>1581</v>
+      </c>
+      <c r="F431" t="s">
+        <v>13</v>
+      </c>
+      <c r="G431" s="1" t="s">
+        <v>1600</v>
+      </c>
+      <c r="H431" t="s">
+        <v>1601</v>
+      </c>
+    </row>
+    <row r="432" spans="1:8">
+      <c r="A432" t="s">
+        <v>1602</v>
+      </c>
+      <c r="B432" t="s">
+        <v>9</v>
+      </c>
+      <c r="C432" t="s">
+        <v>43</v>
+      </c>
+      <c r="D432" t="s">
+        <v>1580</v>
+      </c>
+      <c r="E432" t="s">
+        <v>1581</v>
+      </c>
+      <c r="F432" t="s">
+        <v>30</v>
+      </c>
+      <c r="G432" s="1" t="s">
+        <v>1603</v>
+      </c>
+      <c r="H432" t="s">
+        <v>1604</v>
+      </c>
+    </row>
+    <row r="433" spans="1:8">
+      <c r="A433" t="s">
+        <v>1605</v>
+      </c>
+      <c r="B433" t="s">
+        <v>9</v>
+      </c>
+      <c r="C433" t="s">
+        <v>47</v>
+      </c>
+      <c r="D433" t="s">
+        <v>1580</v>
+      </c>
+      <c r="E433" t="s">
+        <v>1581</v>
+      </c>
+      <c r="F433" t="s">
+        <v>1036</v>
+      </c>
+      <c r="G433" s="1" t="s">
+        <v>1606</v>
+      </c>
+      <c r="H433" t="s">
+        <v>1607</v>
+      </c>
+    </row>
+    <row r="434" spans="1:8">
+      <c r="A434" t="s">
+        <v>1608</v>
+      </c>
+      <c r="B434" t="s">
+        <v>9</v>
+      </c>
+      <c r="C434" t="s">
+        <v>52</v>
+      </c>
+      <c r="D434" t="s">
+        <v>1580</v>
+      </c>
+      <c r="E434" t="s">
+        <v>1581</v>
+      </c>
+      <c r="F434" t="s">
+        <v>127</v>
+      </c>
+      <c r="G434" s="1" t="s">
+        <v>1609</v>
+      </c>
+      <c r="H434" t="s">
+        <v>1610</v>
+      </c>
+    </row>
+    <row r="435" spans="1:8">
+      <c r="A435" t="s">
+        <v>1611</v>
+      </c>
+      <c r="B435" t="s">
+        <v>9</v>
+      </c>
+      <c r="C435" t="s">
+        <v>56</v>
+      </c>
+      <c r="D435" t="s">
+        <v>1580</v>
+      </c>
+      <c r="E435" t="s">
+        <v>1581</v>
+      </c>
+      <c r="F435" t="s">
+        <v>89</v>
+      </c>
+      <c r="G435" s="1" t="s">
+        <v>1612</v>
+      </c>
+      <c r="H435" t="s">
+        <v>1613</v>
+      </c>
+    </row>
+    <row r="436" spans="1:8">
+      <c r="A436" t="s">
+        <v>1614</v>
+      </c>
+      <c r="B436" t="s">
+        <v>9</v>
+      </c>
+      <c r="C436" t="s">
+        <v>60</v>
+      </c>
+      <c r="D436" t="s">
+        <v>1580</v>
+      </c>
+      <c r="E436" t="s">
+        <v>1581</v>
+      </c>
+      <c r="F436" t="s">
+        <v>98</v>
+      </c>
+      <c r="G436" s="1" t="s">
+        <v>1615</v>
+      </c>
+      <c r="H436" t="s">
+        <v>1616</v>
+      </c>
+    </row>
+    <row r="437" spans="1:8">
+      <c r="A437" t="s">
+        <v>1617</v>
+      </c>
+      <c r="B437" t="s">
+        <v>9</v>
+      </c>
+      <c r="C437" t="s">
+        <v>64</v>
+      </c>
+      <c r="D437" t="s">
+        <v>1580</v>
+      </c>
+      <c r="E437" t="s">
+        <v>1581</v>
+      </c>
+      <c r="F437" t="s">
+        <v>35</v>
+      </c>
+      <c r="G437" s="1" t="s">
+        <v>1618</v>
+      </c>
+      <c r="H437" t="s">
+        <v>1619</v>
+      </c>
+    </row>
+    <row r="438" spans="1:8">
+      <c r="A438" t="s">
+        <v>1620</v>
+      </c>
+      <c r="B438" t="s">
+        <v>9</v>
+      </c>
+      <c r="C438" t="s">
+        <v>68</v>
+      </c>
+      <c r="D438" t="s">
+        <v>1580</v>
+      </c>
+      <c r="E438" t="s">
+        <v>1581</v>
+      </c>
+      <c r="F438" t="s">
+        <v>48</v>
+      </c>
+      <c r="G438" s="1" t="s">
+        <v>1621</v>
+      </c>
+      <c r="H438" t="s">
+        <v>1622</v>
+      </c>
+    </row>
+    <row r="439" spans="1:8">
+      <c r="A439" t="s">
+        <v>1623</v>
+      </c>
+      <c r="B439" t="s">
+        <v>9</v>
+      </c>
+      <c r="C439" t="s">
+        <v>72</v>
+      </c>
+      <c r="D439" t="s">
+        <v>1580</v>
+      </c>
+      <c r="E439" t="s">
+        <v>1581</v>
+      </c>
+      <c r="F439" t="s">
+        <v>30</v>
+      </c>
+      <c r="G439" s="1" t="s">
+        <v>1624</v>
+      </c>
+      <c r="H439" t="s">
+        <v>1625</v>
+      </c>
+    </row>
+    <row r="440" spans="1:8">
+      <c r="A440" t="s">
+        <v>1626</v>
+      </c>
+      <c r="B440" t="s">
+        <v>9</v>
+      </c>
+      <c r="C440" t="s">
+        <v>76</v>
+      </c>
+      <c r="D440" t="s">
+        <v>1580</v>
+      </c>
+      <c r="E440" t="s">
+        <v>1581</v>
+      </c>
+      <c r="F440" t="s">
+        <v>30</v>
+      </c>
+      <c r="G440" s="1" t="s">
+        <v>1627</v>
+      </c>
+      <c r="H440" t="s">
+        <v>1628</v>
+      </c>
+    </row>
+    <row r="441" spans="1:8">
+      <c r="A441" t="s">
+        <v>1629</v>
+      </c>
+      <c r="B441" t="s">
+        <v>9</v>
+      </c>
+      <c r="C441" t="s">
+        <v>80</v>
+      </c>
+      <c r="D441" t="s">
+        <v>1580</v>
+      </c>
+      <c r="E441" t="s">
+        <v>1581</v>
+      </c>
+      <c r="F441" t="s">
+        <v>13</v>
+      </c>
+      <c r="G441" s="1" t="s">
+        <v>1630</v>
+      </c>
+      <c r="H441" t="s">
+        <v>1631</v>
+      </c>
+    </row>
+    <row r="442" spans="1:8">
+      <c r="A442" t="s">
+        <v>1632</v>
+      </c>
+      <c r="B442" t="s">
+        <v>9</v>
+      </c>
+      <c r="C442" t="s">
+        <v>84</v>
+      </c>
+      <c r="D442" t="s">
+        <v>1580</v>
+      </c>
+      <c r="E442" t="s">
+        <v>1581</v>
+      </c>
+      <c r="F442" t="s">
+        <v>807</v>
+      </c>
+      <c r="G442" s="1" t="s">
+        <v>1633</v>
+      </c>
+      <c r="H442" t="s">
+        <v>1634</v>
+      </c>
+    </row>
+    <row r="443" spans="1:8">
+      <c r="A443" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B443" t="s">
+        <v>9</v>
+      </c>
+      <c r="C443" t="s">
+        <v>88</v>
+      </c>
+      <c r="D443" t="s">
+        <v>1580</v>
+      </c>
+      <c r="E443" t="s">
+        <v>1581</v>
+      </c>
+      <c r="F443" t="s">
+        <v>1596</v>
+      </c>
+      <c r="G443" s="1" t="s">
+        <v>1636</v>
+      </c>
+      <c r="H443" t="s">
+        <v>1637</v>
+      </c>
+    </row>
+    <row r="444" spans="1:8">
+      <c r="A444" t="s">
+        <v>1638</v>
+      </c>
+      <c r="B444" t="s">
+        <v>9</v>
+      </c>
+      <c r="C444" t="s">
+        <v>93</v>
+      </c>
+      <c r="D444" t="s">
+        <v>1580</v>
+      </c>
+      <c r="E444" t="s">
+        <v>1581</v>
+      </c>
+      <c r="F444" t="s">
+        <v>1036</v>
+      </c>
+      <c r="G444" s="1" t="s">
+        <v>1639</v>
+      </c>
+      <c r="H444" t="s">
+        <v>1640</v>
+      </c>
+    </row>
+    <row r="445" spans="1:8">
+      <c r="A445" t="s">
+        <v>1641</v>
+      </c>
+      <c r="B445" t="s">
+        <v>9</v>
+      </c>
+      <c r="C445" t="s">
+        <v>97</v>
+      </c>
+      <c r="D445" t="s">
+        <v>1580</v>
+      </c>
+      <c r="E445" t="s">
+        <v>1581</v>
+      </c>
+      <c r="F445" t="s">
+        <v>48</v>
+      </c>
+      <c r="G445" s="1" t="s">
+        <v>1642</v>
+      </c>
+      <c r="H445" t="s">
+        <v>1643</v>
+      </c>
+    </row>
+    <row r="446" spans="1:8">
+      <c r="A446" t="s">
+        <v>1644</v>
+      </c>
+      <c r="B446" t="s">
+        <v>9</v>
+      </c>
+      <c r="C446" t="s">
+        <v>10</v>
+      </c>
+      <c r="D446" t="s">
+        <v>1645</v>
+      </c>
+      <c r="E446" t="s">
+        <v>1646</v>
+      </c>
+      <c r="F446" t="s">
+        <v>1175</v>
+      </c>
+      <c r="G446" s="1" t="s">
+        <v>1647</v>
+      </c>
+      <c r="H446" t="s">
+        <v>1648</v>
+      </c>
+    </row>
+    <row r="447" spans="1:8">
+      <c r="A447" t="s">
+        <v>1649</v>
+      </c>
+      <c r="B447" t="s">
+        <v>9</v>
+      </c>
+      <c r="C447" t="s">
+        <v>17</v>
+      </c>
+      <c r="D447" t="s">
+        <v>1645</v>
+      </c>
+      <c r="E447" t="s">
+        <v>1646</v>
+      </c>
+      <c r="F447" t="s">
+        <v>1175</v>
+      </c>
+      <c r="G447" s="1" t="s">
+        <v>1650</v>
+      </c>
+      <c r="H447" t="s">
+        <v>1651</v>
+      </c>
+    </row>
+    <row r="448" spans="1:8">
+      <c r="A448" t="s">
+        <v>1652</v>
+      </c>
+      <c r="B448" t="s">
+        <v>9</v>
+      </c>
+      <c r="C448" t="s">
+        <v>21</v>
+      </c>
+      <c r="D448" t="s">
+        <v>1645</v>
+      </c>
+      <c r="E448" t="s">
+        <v>1646</v>
+      </c>
+      <c r="F448" t="s">
+        <v>30</v>
+      </c>
+      <c r="G448" s="1" t="s">
+        <v>1653</v>
+      </c>
+      <c r="H448" t="s">
+        <v>1654</v>
+      </c>
+    </row>
+    <row r="449" spans="1:8">
+      <c r="A449" t="s">
+        <v>1655</v>
+      </c>
+      <c r="B449" t="s">
+        <v>9</v>
+      </c>
+      <c r="C449" t="s">
+        <v>25</v>
+      </c>
+      <c r="D449" t="s">
+        <v>1645</v>
+      </c>
+      <c r="E449" t="s">
+        <v>1646</v>
+      </c>
+      <c r="F449" t="s">
+        <v>30</v>
+      </c>
+      <c r="G449" s="1" t="s">
+        <v>1656</v>
+      </c>
+      <c r="H449" t="s">
+        <v>1657</v>
+      </c>
+    </row>
+    <row r="450" spans="1:8">
+      <c r="A450" t="s">
+        <v>1658</v>
+      </c>
+      <c r="B450" t="s">
+        <v>9</v>
+      </c>
+      <c r="C450" t="s">
+        <v>29</v>
+      </c>
+      <c r="D450" t="s">
+        <v>1645</v>
+      </c>
+      <c r="E450" t="s">
+        <v>1646</v>
+      </c>
+      <c r="F450" t="s">
+        <v>30</v>
+      </c>
+      <c r="G450" s="1" t="s">
+        <v>1659</v>
+      </c>
+      <c r="H450" t="s">
+        <v>1660</v>
+      </c>
+    </row>
+    <row r="451" spans="1:8">
+      <c r="A451" t="s">
+        <v>1661</v>
+      </c>
+      <c r="B451" t="s">
+        <v>9</v>
+      </c>
+      <c r="C451" t="s">
+        <v>34</v>
+      </c>
+      <c r="D451" t="s">
+        <v>1645</v>
+      </c>
+      <c r="E451" t="s">
+        <v>1646</v>
+      </c>
+      <c r="F451" t="s">
+        <v>30</v>
+      </c>
+      <c r="G451" s="1" t="s">
+        <v>1662</v>
+      </c>
+      <c r="H451" t="s">
+        <v>1663</v>
+      </c>
+    </row>
+    <row r="452" spans="1:8">
+      <c r="A452" t="s">
+        <v>1664</v>
+      </c>
+      <c r="B452" t="s">
+        <v>9</v>
+      </c>
+      <c r="C452" t="s">
+        <v>10</v>
+      </c>
+      <c r="D452" t="s">
+        <v>1665</v>
+      </c>
+      <c r="E452" t="s">
+        <v>1666</v>
+      </c>
+      <c r="F452" t="s">
+        <v>1667</v>
+      </c>
+      <c r="G452" s="1" t="s">
+        <v>1668</v>
+      </c>
+      <c r="H452" t="s">
+        <v>1669</v>
+      </c>
+    </row>
+    <row r="453" spans="1:8">
+      <c r="A453" t="s">
+        <v>1670</v>
+      </c>
+      <c r="B453" t="s">
+        <v>9</v>
+      </c>
+      <c r="C453" t="s">
+        <v>17</v>
+      </c>
+      <c r="D453" t="s">
+        <v>1665</v>
+      </c>
+      <c r="E453" t="s">
+        <v>1666</v>
+      </c>
+      <c r="F453" t="s">
+        <v>1671</v>
+      </c>
+      <c r="G453" s="1" t="s">
+        <v>1672</v>
+      </c>
+      <c r="H453" t="s">
+        <v>1673</v>
+      </c>
+    </row>
+    <row r="454" spans="1:8">
+      <c r="A454" t="s">
+        <v>1674</v>
+      </c>
+      <c r="B454" t="s">
+        <v>9</v>
+      </c>
+      <c r="C454" t="s">
+        <v>21</v>
+      </c>
+      <c r="D454" t="s">
+        <v>1665</v>
+      </c>
+      <c r="E454" t="s">
+        <v>1666</v>
+      </c>
+      <c r="F454" t="s">
+        <v>35</v>
+      </c>
+      <c r="G454" s="1" t="s">
+        <v>1675</v>
+      </c>
+      <c r="H454" t="s">
+        <v>1676</v>
+      </c>
+    </row>
+    <row r="455" spans="1:8">
+      <c r="A455" t="s">
+        <v>1677</v>
+      </c>
+      <c r="B455" t="s">
+        <v>9</v>
+      </c>
+      <c r="C455" t="s">
+        <v>25</v>
+      </c>
+      <c r="D455" t="s">
+        <v>1665</v>
+      </c>
+      <c r="E455" t="s">
+        <v>1666</v>
+      </c>
+      <c r="F455" t="s">
+        <v>35</v>
+      </c>
+      <c r="G455" s="1" t="s">
+        <v>1678</v>
+      </c>
+      <c r="H455" t="s">
+        <v>1679</v>
+      </c>
+    </row>
+    <row r="456" spans="1:8">
+      <c r="A456" t="s">
+        <v>1680</v>
+      </c>
+      <c r="B456" t="s">
+        <v>9</v>
+      </c>
+      <c r="C456" t="s">
+        <v>29</v>
+      </c>
+      <c r="D456" t="s">
+        <v>1665</v>
+      </c>
+      <c r="E456" t="s">
+        <v>1666</v>
+      </c>
+      <c r="F456" t="s">
+        <v>35</v>
+      </c>
+      <c r="G456" s="1" t="s">
+        <v>1681</v>
+      </c>
+      <c r="H456" t="s">
+        <v>1682</v>
+      </c>
+    </row>
+    <row r="457" spans="1:8">
+      <c r="A457" t="s">
+        <v>1683</v>
+      </c>
+      <c r="B457" t="s">
+        <v>9</v>
+      </c>
+      <c r="C457" t="s">
+        <v>34</v>
+      </c>
+      <c r="D457" t="s">
+        <v>1665</v>
+      </c>
+      <c r="E457" t="s">
+        <v>1666</v>
+      </c>
+      <c r="F457" t="s">
+        <v>35</v>
+      </c>
+      <c r="G457" s="1" t="s">
+        <v>1684</v>
+      </c>
+      <c r="H457" t="s">
+        <v>1685</v>
+      </c>
+    </row>
+    <row r="458" spans="1:8">
+      <c r="A458" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B458" t="s">
+        <v>9</v>
+      </c>
+      <c r="C458" t="s">
+        <v>39</v>
+      </c>
+      <c r="D458" t="s">
+        <v>1665</v>
+      </c>
+      <c r="E458" t="s">
+        <v>1666</v>
+      </c>
+      <c r="F458" t="s">
+        <v>35</v>
+      </c>
+      <c r="G458" s="1" t="s">
+        <v>1687</v>
+      </c>
+      <c r="H458" t="s">
+        <v>1688</v>
+      </c>
+    </row>
+    <row r="459" spans="1:8">
+      <c r="A459" t="s">
+        <v>1689</v>
+      </c>
+      <c r="B459" t="s">
+        <v>9</v>
+      </c>
+      <c r="C459" t="s">
+        <v>43</v>
+      </c>
+      <c r="D459" t="s">
+        <v>1665</v>
+      </c>
+      <c r="E459" t="s">
+        <v>1666</v>
+      </c>
+      <c r="F459" t="s">
+        <v>35</v>
+      </c>
+      <c r="G459" s="1" t="s">
+        <v>1690</v>
+      </c>
+      <c r="H459" t="s">
+        <v>1691</v>
+      </c>
+    </row>
+    <row r="460" spans="1:8">
+      <c r="A460" t="s">
+        <v>1692</v>
+      </c>
+      <c r="B460" t="s">
+        <v>9</v>
+      </c>
+      <c r="C460" t="s">
+        <v>47</v>
+      </c>
+      <c r="D460" t="s">
+        <v>1665</v>
+      </c>
+      <c r="E460" t="s">
+        <v>1666</v>
+      </c>
+      <c r="F460" t="s">
+        <v>1036</v>
+      </c>
+      <c r="G460" s="1" t="s">
+        <v>1693</v>
+      </c>
+      <c r="H460" t="s">
+        <v>1694</v>
+      </c>
+    </row>
+    <row r="461" spans="1:8">
+      <c r="A461" t="s">
+        <v>1695</v>
+      </c>
+      <c r="B461" t="s">
+        <v>9</v>
+      </c>
+      <c r="C461" t="s">
+        <v>52</v>
+      </c>
+      <c r="D461" t="s">
+        <v>1665</v>
+      </c>
+      <c r="E461" t="s">
+        <v>1666</v>
+      </c>
+      <c r="F461" t="s">
+        <v>35</v>
+      </c>
+      <c r="G461" s="1" t="s">
+        <v>1696</v>
+      </c>
+      <c r="H461" t="s">
+        <v>1697</v>
+      </c>
+    </row>
+    <row r="462" spans="1:8">
+      <c r="A462" t="s">
+        <v>1698</v>
+      </c>
+      <c r="B462" t="s">
+        <v>9</v>
+      </c>
+      <c r="C462" t="s">
+        <v>56</v>
+      </c>
+      <c r="D462" t="s">
+        <v>1665</v>
+      </c>
+      <c r="E462" t="s">
+        <v>1666</v>
+      </c>
+      <c r="F462" t="s">
+        <v>807</v>
+      </c>
+      <c r="G462" s="1" t="s">
+        <v>1699</v>
+      </c>
+      <c r="H462" t="s">
+        <v>1700</v>
+      </c>
+    </row>
+    <row r="463" spans="1:8">
+      <c r="A463" t="s">
+        <v>1701</v>
+      </c>
+      <c r="B463" t="s">
+        <v>9</v>
+      </c>
+      <c r="C463" t="s">
+        <v>60</v>
+      </c>
+      <c r="D463" t="s">
+        <v>1665</v>
+      </c>
+      <c r="E463" t="s">
+        <v>1666</v>
+      </c>
+      <c r="F463" t="s">
+        <v>89</v>
+      </c>
+      <c r="G463" s="1" t="s">
+        <v>1702</v>
+      </c>
+      <c r="H463" t="s">
+        <v>1703</v>
+      </c>
+    </row>
+    <row r="464" spans="1:8">
+      <c r="A464" t="s">
+        <v>1704</v>
+      </c>
+      <c r="B464" t="s">
+        <v>9</v>
+      </c>
+      <c r="C464" t="s">
+        <v>64</v>
+      </c>
+      <c r="D464" t="s">
+        <v>1665</v>
+      </c>
+      <c r="E464" t="s">
+        <v>1666</v>
+      </c>
+      <c r="F464" t="s">
+        <v>127</v>
+      </c>
+      <c r="G464" s="1" t="s">
+        <v>1705</v>
+      </c>
+      <c r="H464" t="s">
+        <v>1706</v>
+      </c>
+    </row>
+    <row r="465" spans="1:8">
+      <c r="A465" t="s">
+        <v>1707</v>
+      </c>
+      <c r="B465" t="s">
+        <v>9</v>
+      </c>
+      <c r="C465" t="s">
+        <v>68</v>
+      </c>
+      <c r="D465" t="s">
+        <v>1665</v>
+      </c>
+      <c r="E465" t="s">
+        <v>1666</v>
+      </c>
+      <c r="F465" t="s">
+        <v>13</v>
+      </c>
+      <c r="G465" s="1" t="s">
+        <v>1708</v>
+      </c>
+      <c r="H465" t="s">
+        <v>1709</v>
+      </c>
+    </row>
+    <row r="466" spans="1:8">
+      <c r="A466" t="s">
+        <v>1710</v>
+      </c>
+      <c r="B466" t="s">
+        <v>9</v>
+      </c>
+      <c r="C466" t="s">
+        <v>72</v>
+      </c>
+      <c r="D466" t="s">
+        <v>1665</v>
+      </c>
+      <c r="E466" t="s">
+        <v>1666</v>
+      </c>
+      <c r="F466" t="s">
+        <v>98</v>
+      </c>
+      <c r="G466" s="1" t="s">
+        <v>1711</v>
+      </c>
+      <c r="H466" t="s">
+        <v>1712</v>
+      </c>
+    </row>
+    <row r="467" spans="1:8">
+      <c r="A467" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B467" t="s">
+        <v>9</v>
+      </c>
+      <c r="C467" t="s">
+        <v>76</v>
+      </c>
+      <c r="D467" t="s">
+        <v>1665</v>
+      </c>
+      <c r="E467" t="s">
+        <v>1666</v>
+      </c>
+      <c r="F467" t="s">
+        <v>48</v>
+      </c>
+      <c r="G467" s="1" t="s">
+        <v>1714</v>
+      </c>
+      <c r="H467" t="s">
+        <v>1715</v>
+      </c>
+    </row>
+    <row r="468" spans="1:8">
+      <c r="A468" t="s">
+        <v>1716</v>
+      </c>
+      <c r="B468" t="s">
+        <v>9</v>
+      </c>
+      <c r="C468" t="s">
+        <v>80</v>
+      </c>
+      <c r="D468" t="s">
+        <v>1665</v>
+      </c>
+      <c r="E468" t="s">
+        <v>1666</v>
+      </c>
+      <c r="F468" t="s">
+        <v>30</v>
+      </c>
+      <c r="G468" s="1" t="s">
+        <v>1717</v>
+      </c>
+      <c r="H468" t="s">
+        <v>1718</v>
+      </c>
+    </row>
+    <row r="469" spans="1:8">
+      <c r="A469" t="s">
+        <v>1719</v>
+      </c>
+      <c r="B469" t="s">
+        <v>9</v>
+      </c>
+      <c r="C469" t="s">
+        <v>84</v>
+      </c>
+      <c r="D469" t="s">
+        <v>1665</v>
+      </c>
+      <c r="E469" t="s">
+        <v>1666</v>
+      </c>
+      <c r="F469" t="s">
+        <v>30</v>
+      </c>
+      <c r="G469" s="1" t="s">
+        <v>1720</v>
+      </c>
+      <c r="H469" t="s">
+        <v>1721</v>
+      </c>
+    </row>
+    <row r="470" spans="1:8">
+      <c r="A470" t="s">
+        <v>1722</v>
+      </c>
+      <c r="B470" t="s">
+        <v>9</v>
+      </c>
+      <c r="C470" t="s">
+        <v>88</v>
+      </c>
+      <c r="D470" t="s">
+        <v>1665</v>
+      </c>
+      <c r="E470" t="s">
+        <v>1666</v>
+      </c>
+      <c r="F470" t="s">
+        <v>30</v>
+      </c>
+      <c r="G470" s="1" t="s">
+        <v>1723</v>
+      </c>
+      <c r="H470" t="s">
+        <v>1724</v>
+      </c>
+    </row>
+    <row r="471" spans="1:8">
+      <c r="A471" t="s">
+        <v>1725</v>
+      </c>
+      <c r="B471" t="s">
+        <v>9</v>
+      </c>
+      <c r="C471" t="s">
+        <v>93</v>
+      </c>
+      <c r="D471" t="s">
+        <v>1665</v>
+      </c>
+      <c r="E471" t="s">
+        <v>1666</v>
+      </c>
+      <c r="F471" t="s">
+        <v>35</v>
+      </c>
+      <c r="G471" s="1" t="s">
+        <v>1726</v>
+      </c>
+      <c r="H471" t="s">
+        <v>1727</v>
+      </c>
+    </row>
+    <row r="472" spans="1:8">
+      <c r="A472" t="s">
+        <v>1728</v>
+      </c>
+      <c r="B472" t="s">
+        <v>9</v>
+      </c>
+      <c r="C472" t="s">
+        <v>10</v>
+      </c>
+      <c r="D472" t="s">
+        <v>1729</v>
+      </c>
+      <c r="E472" t="s">
+        <v>1730</v>
+      </c>
+      <c r="F472" t="s">
+        <v>1667</v>
+      </c>
+      <c r="G472" s="1" t="s">
+        <v>1731</v>
+      </c>
+      <c r="H472" t="s">
+        <v>1732</v>
+      </c>
+    </row>
+    <row r="473" spans="1:8">
+      <c r="A473" t="s">
+        <v>1733</v>
+      </c>
+      <c r="B473" t="s">
+        <v>9</v>
+      </c>
+      <c r="C473" t="s">
+        <v>17</v>
+      </c>
+      <c r="D473" t="s">
+        <v>1729</v>
+      </c>
+      <c r="E473" t="s">
+        <v>1730</v>
+      </c>
+      <c r="F473" t="s">
+        <v>1667</v>
+      </c>
+      <c r="G473" s="1" t="s">
+        <v>1734</v>
+      </c>
+      <c r="H473" t="s">
+        <v>1735</v>
+      </c>
+    </row>
+    <row r="474" spans="1:8">
+      <c r="A474" t="s">
+        <v>1736</v>
+      </c>
+      <c r="B474" t="s">
+        <v>9</v>
+      </c>
+      <c r="C474" t="s">
+        <v>21</v>
+      </c>
+      <c r="D474" t="s">
+        <v>1729</v>
+      </c>
+      <c r="E474" t="s">
+        <v>1730</v>
+      </c>
+      <c r="F474" t="s">
+        <v>1667</v>
+      </c>
+      <c r="G474" s="1" t="s">
+        <v>1737</v>
+      </c>
+      <c r="H474" t="s">
+        <v>1738</v>
+      </c>
+    </row>
+    <row r="475" spans="1:8">
+      <c r="A475" t="s">
+        <v>1739</v>
+      </c>
+      <c r="B475" t="s">
+        <v>9</v>
+      </c>
+      <c r="C475" t="s">
+        <v>10</v>
+      </c>
+      <c r="D475" t="s">
+        <v>1740</v>
+      </c>
+      <c r="E475" t="s">
+        <v>1741</v>
+      </c>
+      <c r="F475" t="s">
+        <v>1667</v>
+      </c>
+      <c r="G475" s="1" t="s">
+        <v>1742</v>
+      </c>
+      <c r="H475" t="s">
+        <v>1743</v>
+      </c>
+    </row>
+    <row r="476" spans="1:8">
+      <c r="A476" t="s">
+        <v>1744</v>
+      </c>
+      <c r="B476" t="s">
+        <v>9</v>
+      </c>
+      <c r="C476" t="s">
+        <v>17</v>
+      </c>
+      <c r="D476" t="s">
+        <v>1740</v>
+      </c>
+      <c r="E476" t="s">
+        <v>1741</v>
+      </c>
+      <c r="F476" t="s">
+        <v>1667</v>
+      </c>
+      <c r="G476" s="1" t="s">
+        <v>1745</v>
+      </c>
+      <c r="H476" t="s">
+        <v>1746</v>
+      </c>
+    </row>
+    <row r="477" spans="1:8">
+      <c r="A477" t="s">
+        <v>1747</v>
+      </c>
+      <c r="B477" t="s">
+        <v>9</v>
+      </c>
+      <c r="C477" t="s">
+        <v>21</v>
+      </c>
+      <c r="D477" t="s">
+        <v>1740</v>
+      </c>
+      <c r="E477" t="s">
+        <v>1741</v>
+      </c>
+      <c r="F477" t="s">
+        <v>1667</v>
+      </c>
+      <c r="G477" s="1" t="s">
+        <v>1748</v>
+      </c>
+      <c r="H477" t="s">
+        <v>1749</v>
+      </c>
+    </row>
+    <row r="478" spans="1:8">
+      <c r="A478" t="s">
+        <v>1750</v>
+      </c>
+      <c r="B478" t="s">
+        <v>9</v>
+      </c>
+      <c r="C478" t="s">
+        <v>25</v>
+      </c>
+      <c r="D478" t="s">
+        <v>1740</v>
+      </c>
+      <c r="E478" t="s">
+        <v>1741</v>
+      </c>
+      <c r="F478" t="s">
+        <v>1667</v>
+      </c>
+      <c r="G478" s="1" t="s">
+        <v>1751</v>
+      </c>
+      <c r="H478" t="s">
+        <v>1752</v>
+      </c>
+    </row>
+    <row r="479" spans="1:8">
+      <c r="A479" t="s">
+        <v>1753</v>
+      </c>
+      <c r="B479" t="s">
+        <v>9</v>
+      </c>
+      <c r="C479" t="s">
+        <v>29</v>
+      </c>
+      <c r="D479" t="s">
+        <v>1740</v>
+      </c>
+      <c r="E479" t="s">
+        <v>1741</v>
+      </c>
+      <c r="F479" t="s">
+        <v>1667</v>
+      </c>
+      <c r="G479" s="1" t="s">
+        <v>1754</v>
+      </c>
+      <c r="H479" t="s">
+        <v>1755</v>
+      </c>
+    </row>
+    <row r="480" spans="1:8">
+      <c r="A480" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B480" t="s">
+        <v>9</v>
+      </c>
+      <c r="C480" t="s">
+        <v>34</v>
+      </c>
+      <c r="D480" t="s">
+        <v>1740</v>
+      </c>
+      <c r="E480" t="s">
+        <v>1741</v>
+      </c>
+      <c r="F480" t="s">
+        <v>1667</v>
+      </c>
+      <c r="G480" s="1" t="s">
+        <v>1757</v>
+      </c>
+      <c r="H480" t="s">
+        <v>1758</v>
+      </c>
+    </row>
+    <row r="481" spans="1:8">
+      <c r="A481" t="s">
+        <v>1759</v>
+      </c>
+      <c r="B481" t="s">
+        <v>9</v>
+      </c>
+      <c r="C481" t="s">
+        <v>39</v>
+      </c>
+      <c r="D481" t="s">
+        <v>1740</v>
+      </c>
+      <c r="E481" t="s">
+        <v>1741</v>
+      </c>
+      <c r="F481" t="s">
+        <v>1667</v>
+      </c>
+      <c r="G481" s="1" t="s">
+        <v>1760</v>
+      </c>
+      <c r="H481" t="s">
+        <v>1761</v>
+      </c>
+    </row>
+    <row r="482" spans="1:8">
+      <c r="A482" t="s">
+        <v>1762</v>
+      </c>
+      <c r="B482" t="s">
+        <v>9</v>
+      </c>
+      <c r="C482" t="s">
+        <v>43</v>
+      </c>
+      <c r="D482" t="s">
+        <v>1740</v>
+      </c>
+      <c r="E482" t="s">
+        <v>1741</v>
+      </c>
+      <c r="F482" t="s">
+        <v>1667</v>
+      </c>
+      <c r="G482" s="1" t="s">
+        <v>1763</v>
+      </c>
+      <c r="H482" t="s">
+        <v>1764</v>
+      </c>
+    </row>
+    <row r="483" spans="1:8">
+      <c r="A483" t="s">
+        <v>1765</v>
+      </c>
+      <c r="B483" t="s">
+        <v>9</v>
+      </c>
+      <c r="C483" t="s">
+        <v>47</v>
+      </c>
+      <c r="D483" t="s">
+        <v>1740</v>
+      </c>
+      <c r="E483" t="s">
+        <v>1741</v>
+      </c>
+      <c r="F483" t="s">
+        <v>1667</v>
+      </c>
+      <c r="G483" s="1" t="s">
+        <v>1766</v>
+      </c>
+      <c r="H483" t="s">
+        <v>1767</v>
+      </c>
+    </row>
+    <row r="484" spans="1:8">
+      <c r="A484" t="s">
+        <v>1768</v>
+      </c>
+      <c r="B484" t="s">
+        <v>9</v>
+      </c>
+      <c r="C484" t="s">
+        <v>52</v>
+      </c>
+      <c r="D484" t="s">
+        <v>1740</v>
+      </c>
+      <c r="E484" t="s">
+        <v>1741</v>
+      </c>
+      <c r="F484" t="s">
+        <v>1667</v>
+      </c>
+      <c r="G484" s="1" t="s">
+        <v>1769</v>
+      </c>
+      <c r="H484" t="s">
+        <v>1770</v>
+      </c>
+    </row>
+    <row r="485" spans="1:8">
+      <c r="A485" t="s">
+        <v>1771</v>
+      </c>
+      <c r="B485" t="s">
+        <v>9</v>
+      </c>
+      <c r="C485" t="s">
+        <v>56</v>
+      </c>
+      <c r="D485" t="s">
+        <v>1740</v>
+      </c>
+      <c r="E485" t="s">
+        <v>1741</v>
+      </c>
+      <c r="F485" t="s">
+        <v>1667</v>
+      </c>
+      <c r="G485" s="1" t="s">
+        <v>1772</v>
+      </c>
+      <c r="H485" t="s">
+        <v>1773</v>
+      </c>
+    </row>
+    <row r="486" spans="1:8">
+      <c r="A486" t="s">
+        <v>1774</v>
+      </c>
+      <c r="B486" t="s">
+        <v>9</v>
+      </c>
+      <c r="C486" t="s">
+        <v>60</v>
+      </c>
+      <c r="D486" t="s">
+        <v>1740</v>
+      </c>
+      <c r="E486" t="s">
+        <v>1741</v>
+      </c>
+      <c r="F486" t="s">
+        <v>1667</v>
+      </c>
+      <c r="G486" s="1" t="s">
+        <v>1775</v>
+      </c>
+      <c r="H486" t="s">
+        <v>1776</v>
+      </c>
+    </row>
+    <row r="487" spans="1:8">
+      <c r="A487" t="s">
+        <v>1777</v>
+      </c>
+      <c r="B487" t="s">
+        <v>9</v>
+      </c>
+      <c r="C487" t="s">
+        <v>64</v>
+      </c>
+      <c r="D487" t="s">
+        <v>1740</v>
+      </c>
+      <c r="E487" t="s">
+        <v>1741</v>
+      </c>
+      <c r="F487" t="s">
+        <v>1667</v>
+      </c>
+      <c r="G487" s="1" t="s">
+        <v>1778</v>
+      </c>
+      <c r="H487" t="s">
+        <v>1779</v>
+      </c>
+    </row>
+    <row r="488" spans="1:8">
+      <c r="A488" t="s">
+        <v>1780</v>
+      </c>
+      <c r="B488" t="s">
+        <v>9</v>
+      </c>
+      <c r="C488" t="s">
+        <v>68</v>
+      </c>
+      <c r="D488" t="s">
+        <v>1740</v>
+      </c>
+      <c r="E488" t="s">
+        <v>1741</v>
+      </c>
+      <c r="F488" t="s">
+        <v>1667</v>
+      </c>
+      <c r="G488" s="1" t="s">
+        <v>1781</v>
+      </c>
+      <c r="H488" t="s">
+        <v>1782</v>
+      </c>
+    </row>
+    <row r="489" spans="1:8">
+      <c r="A489" t="s">
+        <v>1783</v>
+      </c>
+      <c r="B489" t="s">
+        <v>9</v>
+      </c>
+      <c r="C489" t="s">
+        <v>72</v>
+      </c>
+      <c r="D489" t="s">
+        <v>1740</v>
+      </c>
+      <c r="E489" t="s">
+        <v>1741</v>
+      </c>
+      <c r="F489" t="s">
+        <v>1667</v>
+      </c>
+      <c r="G489" s="1" t="s">
+        <v>1784</v>
+      </c>
+      <c r="H489" t="s">
+        <v>1785</v>
+      </c>
+    </row>
+    <row r="490" spans="1:8">
+      <c r="A490" t="s">
+        <v>1786</v>
+      </c>
+      <c r="B490" t="s">
+        <v>9</v>
+      </c>
+      <c r="C490" t="s">
+        <v>76</v>
+      </c>
+      <c r="D490" t="s">
+        <v>1740</v>
+      </c>
+      <c r="E490" t="s">
+        <v>1741</v>
+      </c>
+      <c r="F490" t="s">
+        <v>1667</v>
+      </c>
+      <c r="G490" s="1" t="s">
+        <v>1787</v>
+      </c>
+      <c r="H490" t="s">
+        <v>1788</v>
+      </c>
+    </row>
+    <row r="491" spans="1:8">
+      <c r="A491" t="s">
+        <v>1789</v>
+      </c>
+      <c r="B491" t="s">
+        <v>9</v>
+      </c>
+      <c r="C491" t="s">
+        <v>80</v>
+      </c>
+      <c r="D491" t="s">
+        <v>1740</v>
+      </c>
+      <c r="E491" t="s">
+        <v>1741</v>
+      </c>
+      <c r="F491" t="s">
+        <v>1667</v>
+      </c>
+      <c r="G491" s="1" t="s">
+        <v>1790</v>
+      </c>
+      <c r="H491" t="s">
+        <v>1791</v>
+      </c>
+    </row>
+    <row r="492" spans="1:8">
+      <c r="A492" t="s">
+        <v>1792</v>
+      </c>
+      <c r="B492" t="s">
+        <v>9</v>
+      </c>
+      <c r="C492" t="s">
+        <v>84</v>
+      </c>
+      <c r="D492" t="s">
+        <v>1740</v>
+      </c>
+      <c r="E492" t="s">
+        <v>1741</v>
+      </c>
+      <c r="F492" t="s">
+        <v>1667</v>
+      </c>
+      <c r="G492" s="1" t="s">
+        <v>1793</v>
+      </c>
+      <c r="H492" t="s">
+        <v>1794</v>
+      </c>
+    </row>
+    <row r="493" spans="1:8">
+      <c r="A493" t="s">
+        <v>1795</v>
+      </c>
+      <c r="B493" t="s">
+        <v>9</v>
+      </c>
+      <c r="C493" t="s">
+        <v>88</v>
+      </c>
+      <c r="D493" t="s">
+        <v>1740</v>
+      </c>
+      <c r="E493" t="s">
+        <v>1741</v>
+      </c>
+      <c r="F493" t="s">
+        <v>1667</v>
+      </c>
+      <c r="G493" s="1" t="s">
+        <v>1796</v>
+      </c>
+      <c r="H493" t="s">
+        <v>1797</v>
+      </c>
+    </row>
+    <row r="494" spans="1:8">
+      <c r="A494" t="s">
+        <v>1798</v>
+      </c>
+      <c r="B494" t="s">
+        <v>9</v>
+      </c>
+      <c r="C494" t="s">
+        <v>93</v>
+      </c>
+      <c r="D494" t="s">
+        <v>1740</v>
+      </c>
+      <c r="E494" t="s">
+        <v>1741</v>
+      </c>
+      <c r="F494" t="s">
+        <v>1667</v>
+      </c>
+      <c r="G494" s="1" t="s">
+        <v>1799</v>
+      </c>
+      <c r="H494" t="s">
+        <v>1800</v>
+      </c>
+    </row>
+    <row r="495" spans="1:8">
+      <c r="A495" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B495" t="s">
+        <v>9</v>
+      </c>
+      <c r="C495" t="s">
+        <v>97</v>
+      </c>
+      <c r="D495" t="s">
+        <v>1740</v>
+      </c>
+      <c r="E495" t="s">
+        <v>1741</v>
+      </c>
+      <c r="F495" t="s">
+        <v>1667</v>
+      </c>
+      <c r="G495" s="1" t="s">
+        <v>1802</v>
+      </c>
+      <c r="H495" t="s">
+        <v>1803</v>
+      </c>
+    </row>
+    <row r="496" spans="1:8">
+      <c r="A496" t="s">
+        <v>1804</v>
+      </c>
+      <c r="B496" t="s">
+        <v>9</v>
+      </c>
+      <c r="C496" t="s">
+        <v>102</v>
+      </c>
+      <c r="D496" t="s">
+        <v>1740</v>
+      </c>
+      <c r="E496" t="s">
+        <v>1741</v>
+      </c>
+      <c r="F496" t="s">
+        <v>1667</v>
+      </c>
+      <c r="G496" s="1" t="s">
+        <v>1805</v>
+      </c>
+      <c r="H496" t="s">
+        <v>1806</v>
+      </c>
+    </row>
+    <row r="497" spans="1:8">
+      <c r="A497" t="s">
+        <v>1807</v>
+      </c>
+      <c r="B497" t="s">
+        <v>9</v>
+      </c>
+      <c r="C497" t="s">
+        <v>106</v>
+      </c>
+      <c r="D497" t="s">
+        <v>1740</v>
+      </c>
+      <c r="E497" t="s">
+        <v>1741</v>
+      </c>
+      <c r="F497" t="s">
+        <v>1667</v>
+      </c>
+      <c r="G497" s="1" t="s">
+        <v>1808</v>
+      </c>
+      <c r="H497" t="s">
+        <v>1809</v>
+      </c>
+    </row>
+    <row r="498" spans="1:8">
+      <c r="A498" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B498" t="s">
+        <v>9</v>
+      </c>
+      <c r="C498" t="s">
+        <v>110</v>
+      </c>
+      <c r="D498" t="s">
+        <v>1740</v>
+      </c>
+      <c r="E498" t="s">
+        <v>1741</v>
+      </c>
+      <c r="F498" t="s">
+        <v>1667</v>
+      </c>
+      <c r="G498" s="1" t="s">
+        <v>1811</v>
+      </c>
+      <c r="H498" t="s">
+        <v>1812</v>
+      </c>
+    </row>
+    <row r="499" spans="1:8">
+      <c r="A499" t="s">
+        <v>1813</v>
+      </c>
+      <c r="B499" t="s">
+        <v>9</v>
+      </c>
+      <c r="C499" t="s">
+        <v>114</v>
+      </c>
+      <c r="D499" t="s">
+        <v>1740</v>
+      </c>
+      <c r="E499" t="s">
+        <v>1741</v>
+      </c>
+      <c r="F499" t="s">
+        <v>1667</v>
+      </c>
+      <c r="G499" s="1" t="s">
+        <v>1814</v>
+      </c>
+      <c r="H499" t="s">
+        <v>1815</v>
+      </c>
+    </row>
+    <row r="500" spans="1:8">
+      <c r="A500" t="s">
+        <v>1816</v>
+      </c>
+      <c r="B500" t="s">
+        <v>9</v>
+      </c>
+      <c r="C500" t="s">
+        <v>118</v>
+      </c>
+      <c r="D500" t="s">
+        <v>1740</v>
+      </c>
+      <c r="E500" t="s">
+        <v>1741</v>
+      </c>
+      <c r="F500" t="s">
+        <v>1667</v>
+      </c>
+      <c r="G500" s="1" t="s">
+        <v>1817</v>
+      </c>
+      <c r="H500" t="s">
+        <v>1818</v>
+      </c>
+    </row>
+    <row r="501" spans="1:8">
+      <c r="A501" t="s">
+        <v>1819</v>
+      </c>
+      <c r="B501" t="s">
+        <v>9</v>
+      </c>
+      <c r="C501" t="s">
+        <v>122</v>
+      </c>
+      <c r="D501" t="s">
+        <v>1740</v>
+      </c>
+      <c r="E501" t="s">
+        <v>1741</v>
+      </c>
+      <c r="F501" t="s">
+        <v>1667</v>
+      </c>
+      <c r="G501" s="1" t="s">
+        <v>1820</v>
+      </c>
+      <c r="H501" t="s">
+        <v>1821</v>
+      </c>
+    </row>
+    <row r="502" spans="1:8">
+      <c r="A502" t="s">
+        <v>1822</v>
+      </c>
+      <c r="B502" t="s">
+        <v>9</v>
+      </c>
+      <c r="C502" t="s">
+        <v>126</v>
+      </c>
+      <c r="D502" t="s">
+        <v>1740</v>
+      </c>
+      <c r="E502" t="s">
+        <v>1741</v>
+      </c>
+      <c r="F502" t="s">
+        <v>1667</v>
+      </c>
+      <c r="G502" s="1" t="s">
+        <v>1823</v>
+      </c>
+      <c r="H502" t="s">
+        <v>1824</v>
+      </c>
+    </row>
+    <row r="503" spans="1:8">
+      <c r="A503" t="s">
+        <v>1825</v>
+      </c>
+      <c r="B503" t="s">
+        <v>9</v>
+      </c>
+      <c r="C503" t="s">
+        <v>131</v>
+      </c>
+      <c r="D503" t="s">
+        <v>1740</v>
+      </c>
+      <c r="E503" t="s">
+        <v>1741</v>
+      </c>
+      <c r="F503" t="s">
+        <v>1667</v>
+      </c>
+      <c r="G503" s="1" t="s">
+        <v>1826</v>
+      </c>
+      <c r="H503" t="s">
+        <v>1827</v>
+      </c>
+    </row>
+    <row r="504" spans="1:8">
+      <c r="A504" t="s">
+        <v>1828</v>
+      </c>
+      <c r="B504" t="s">
+        <v>9</v>
+      </c>
+      <c r="C504" t="s">
+        <v>135</v>
+      </c>
+      <c r="D504" t="s">
+        <v>1740</v>
+      </c>
+      <c r="E504" t="s">
+        <v>1741</v>
+      </c>
+      <c r="F504" t="s">
+        <v>1667</v>
+      </c>
+      <c r="G504" s="1" t="s">
+        <v>1829</v>
+      </c>
+      <c r="H504" t="s">
+        <v>1830</v>
+      </c>
+    </row>
+    <row r="505" spans="1:8">
+      <c r="A505" t="s">
+        <v>1831</v>
+      </c>
+      <c r="B505" t="s">
+        <v>9</v>
+      </c>
+      <c r="C505" t="s">
+        <v>139</v>
+      </c>
+      <c r="D505" t="s">
+        <v>1740</v>
+      </c>
+      <c r="E505" t="s">
+        <v>1741</v>
+      </c>
+      <c r="F505" t="s">
+        <v>1667</v>
+      </c>
+      <c r="G505" s="1" t="s">
+        <v>1832</v>
+      </c>
+      <c r="H505" t="s">
+        <v>1833</v>
+      </c>
+    </row>
+    <row r="506" spans="1:8">
+      <c r="A506" t="s">
+        <v>1834</v>
+      </c>
+      <c r="B506" t="s">
+        <v>9</v>
+      </c>
+      <c r="C506" t="s">
+        <v>143</v>
+      </c>
+      <c r="D506" t="s">
+        <v>1740</v>
+      </c>
+      <c r="E506" t="s">
+        <v>1741</v>
+      </c>
+      <c r="F506" t="s">
+        <v>1667</v>
+      </c>
+      <c r="G506" s="1" t="s">
+        <v>1835</v>
+      </c>
+      <c r="H506" t="s">
+        <v>1836</v>
+      </c>
+    </row>
+    <row r="507" spans="1:8">
+      <c r="A507" t="s">
+        <v>1837</v>
+      </c>
+      <c r="B507" t="s">
+        <v>9</v>
+      </c>
+      <c r="C507" t="s">
+        <v>147</v>
+      </c>
+      <c r="D507" t="s">
+        <v>1740</v>
+      </c>
+      <c r="E507" t="s">
+        <v>1741</v>
+      </c>
+      <c r="F507" t="s">
+        <v>1667</v>
+      </c>
+      <c r="G507" s="1" t="s">
+        <v>1838</v>
+      </c>
+      <c r="H507" t="s">
+        <v>1839</v>
+      </c>
+    </row>
+    <row r="508" spans="1:8">
+      <c r="A508" t="s">
+        <v>1840</v>
+      </c>
+      <c r="B508" t="s">
+        <v>9</v>
+      </c>
+      <c r="C508" t="s">
+        <v>151</v>
+      </c>
+      <c r="D508" t="s">
+        <v>1740</v>
+      </c>
+      <c r="E508" t="s">
+        <v>1741</v>
+      </c>
+      <c r="F508" t="s">
+        <v>1667</v>
+      </c>
+      <c r="G508" s="1" t="s">
+        <v>1841</v>
+      </c>
+      <c r="H508" t="s">
+        <v>1842</v>
+      </c>
+    </row>
+    <row r="509" spans="1:8">
+      <c r="A509" t="s">
+        <v>1843</v>
+      </c>
+      <c r="B509" t="s">
+        <v>9</v>
+      </c>
+      <c r="C509" t="s">
+        <v>155</v>
+      </c>
+      <c r="D509" t="s">
+        <v>1740</v>
+      </c>
+      <c r="E509" t="s">
+        <v>1741</v>
+      </c>
+      <c r="F509" t="s">
+        <v>1667</v>
+      </c>
+      <c r="G509" s="1" t="s">
+        <v>1844</v>
+      </c>
+      <c r="H509" t="s">
+        <v>1845</v>
+      </c>
+    </row>
+    <row r="510" spans="1:8">
+      <c r="A510" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B510" t="s">
+        <v>9</v>
+      </c>
+      <c r="C510" t="s">
+        <v>159</v>
+      </c>
+      <c r="D510" t="s">
+        <v>1740</v>
+      </c>
+      <c r="E510" t="s">
+        <v>1741</v>
+      </c>
+      <c r="F510" t="s">
+        <v>1667</v>
+      </c>
+      <c r="G510" s="1" t="s">
+        <v>1847</v>
+      </c>
+      <c r="H510" t="s">
+        <v>1848</v>
+      </c>
+    </row>
+    <row r="511" spans="1:8">
+      <c r="A511" t="s">
+        <v>1849</v>
+      </c>
+      <c r="B511" t="s">
+        <v>9</v>
+      </c>
+      <c r="C511" t="s">
+        <v>163</v>
+      </c>
+      <c r="D511" t="s">
+        <v>1740</v>
+      </c>
+      <c r="E511" t="s">
+        <v>1741</v>
+      </c>
+      <c r="F511" t="s">
+        <v>1667</v>
+      </c>
+      <c r="G511" s="1" t="s">
+        <v>1850</v>
+      </c>
+      <c r="H511" t="s">
+        <v>1851</v>
+      </c>
+    </row>
+    <row r="512" spans="1:8">
+      <c r="A512" t="s">
+        <v>1852</v>
+      </c>
+      <c r="B512" t="s">
+        <v>9</v>
+      </c>
+      <c r="C512" t="s">
+        <v>167</v>
+      </c>
+      <c r="D512" t="s">
+        <v>1740</v>
+      </c>
+      <c r="E512" t="s">
+        <v>1741</v>
+      </c>
+      <c r="F512" t="s">
+        <v>1667</v>
+      </c>
+      <c r="G512" s="1" t="s">
+        <v>1853</v>
+      </c>
+      <c r="H512" t="s">
+        <v>1854</v>
+      </c>
+    </row>
+    <row r="513" spans="1:8">
+      <c r="A513" t="s">
+        <v>1855</v>
+      </c>
+      <c r="B513" t="s">
+        <v>9</v>
+      </c>
+      <c r="C513" t="s">
+        <v>171</v>
+      </c>
+      <c r="D513" t="s">
+        <v>1740</v>
+      </c>
+      <c r="E513" t="s">
+        <v>1741</v>
+      </c>
+      <c r="F513" t="s">
+        <v>1667</v>
+      </c>
+      <c r="G513" s="1" t="s">
+        <v>1856</v>
+      </c>
+      <c r="H513" t="s">
+        <v>1857</v>
+      </c>
+    </row>
+    <row r="514" spans="1:8">
+      <c r="A514" t="s">
+        <v>1858</v>
+      </c>
+      <c r="B514" t="s">
+        <v>9</v>
+      </c>
+      <c r="C514" t="s">
+        <v>175</v>
+      </c>
+      <c r="D514" t="s">
+        <v>1740</v>
+      </c>
+      <c r="E514" t="s">
+        <v>1741</v>
+      </c>
+      <c r="F514" t="s">
+        <v>1667</v>
+      </c>
+      <c r="G514" s="1" t="s">
+        <v>1859</v>
+      </c>
+      <c r="H514" t="s">
+        <v>1860</v>
+      </c>
+    </row>
+    <row r="515" spans="1:8">
+      <c r="A515" t="s">
+        <v>1861</v>
+      </c>
+      <c r="B515" t="s">
+        <v>9</v>
+      </c>
+      <c r="C515" t="s">
+        <v>179</v>
+      </c>
+      <c r="D515" t="s">
+        <v>1740</v>
+      </c>
+      <c r="E515" t="s">
+        <v>1741</v>
+      </c>
+      <c r="F515" t="s">
+        <v>1667</v>
+      </c>
+      <c r="G515" s="1" t="s">
+        <v>1862</v>
+      </c>
+      <c r="H515" t="s">
+        <v>1863</v>
+      </c>
+    </row>
+    <row r="516" spans="1:8">
+      <c r="A516" t="s">
+        <v>1864</v>
+      </c>
+      <c r="B516" t="s">
+        <v>9</v>
+      </c>
+      <c r="C516" t="s">
+        <v>183</v>
+      </c>
+      <c r="D516" t="s">
+        <v>1740</v>
+      </c>
+      <c r="E516" t="s">
+        <v>1741</v>
+      </c>
+      <c r="F516" t="s">
+        <v>1667</v>
+      </c>
+      <c r="G516" s="1" t="s">
+        <v>1865</v>
+      </c>
+      <c r="H516" t="s">
+        <v>1866</v>
+      </c>
+    </row>
+    <row r="517" spans="1:8">
+      <c r="A517" t="s">
+        <v>1867</v>
+      </c>
+      <c r="B517" t="s">
+        <v>9</v>
+      </c>
+      <c r="C517" t="s">
+        <v>187</v>
+      </c>
+      <c r="D517" t="s">
+        <v>1740</v>
+      </c>
+      <c r="E517" t="s">
+        <v>1741</v>
+      </c>
+      <c r="F517" t="s">
+        <v>1667</v>
+      </c>
+      <c r="G517" s="1" t="s">
+        <v>1868</v>
+      </c>
+      <c r="H517" t="s">
+        <v>1869</v>
+      </c>
+    </row>
+    <row r="518" spans="1:8">
+      <c r="A518" t="s">
+        <v>1870</v>
+      </c>
+      <c r="B518" t="s">
+        <v>9</v>
+      </c>
+      <c r="C518" t="s">
+        <v>191</v>
+      </c>
+      <c r="D518" t="s">
+        <v>1740</v>
+      </c>
+      <c r="E518" t="s">
+        <v>1741</v>
+      </c>
+      <c r="F518" t="s">
+        <v>1667</v>
+      </c>
+      <c r="G518" s="1" t="s">
+        <v>1871</v>
+      </c>
+      <c r="H518" t="s">
+        <v>1872</v>
+      </c>
+    </row>
+    <row r="519" spans="1:8">
+      <c r="A519" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B519" t="s">
+        <v>9</v>
+      </c>
+      <c r="C519" t="s">
+        <v>195</v>
+      </c>
+      <c r="D519" t="s">
+        <v>1740</v>
+      </c>
+      <c r="E519" t="s">
+        <v>1741</v>
+      </c>
+      <c r="F519" t="s">
+        <v>1667</v>
+      </c>
+      <c r="G519" s="1" t="s">
+        <v>1874</v>
+      </c>
+      <c r="H519" t="s">
+        <v>1875</v>
+      </c>
+    </row>
+    <row r="520" spans="1:8">
+      <c r="A520" t="s">
+        <v>1876</v>
+      </c>
+      <c r="B520" t="s">
+        <v>9</v>
+      </c>
+      <c r="C520" t="s">
+        <v>199</v>
+      </c>
+      <c r="D520" t="s">
+        <v>1740</v>
+      </c>
+      <c r="E520" t="s">
+        <v>1741</v>
+      </c>
+      <c r="F520" t="s">
+        <v>1667</v>
+      </c>
+      <c r="G520" s="1" t="s">
+        <v>1877</v>
+      </c>
+      <c r="H520" t="s">
+        <v>1878</v>
+      </c>
+    </row>
+    <row r="521" spans="1:8">
+      <c r="A521" t="s">
+        <v>1879</v>
+      </c>
+      <c r="B521" t="s">
+        <v>9</v>
+      </c>
+      <c r="C521" t="s">
+        <v>203</v>
+      </c>
+      <c r="D521" t="s">
+        <v>1740</v>
+      </c>
+      <c r="E521" t="s">
+        <v>1741</v>
+      </c>
+      <c r="F521" t="s">
+        <v>1667</v>
+      </c>
+      <c r="G521" s="1" t="s">
+        <v>1880</v>
+      </c>
+      <c r="H521" t="s">
+        <v>1881</v>
+      </c>
+    </row>
+    <row r="522" spans="1:8">
+      <c r="A522" t="s">
+        <v>1882</v>
+      </c>
+      <c r="B522" t="s">
+        <v>9</v>
+      </c>
+      <c r="C522" t="s">
+        <v>207</v>
+      </c>
+      <c r="D522" t="s">
+        <v>1740</v>
+      </c>
+      <c r="E522" t="s">
+        <v>1741</v>
+      </c>
+      <c r="F522" t="s">
+        <v>1667</v>
+      </c>
+      <c r="G522" s="1" t="s">
+        <v>1883</v>
+      </c>
+      <c r="H522" t="s">
+        <v>1884</v>
+      </c>
+    </row>
+    <row r="523" spans="1:8">
+      <c r="A523" t="s">
+        <v>1885</v>
+      </c>
+      <c r="B523" t="s">
+        <v>9</v>
+      </c>
+      <c r="C523" t="s">
+        <v>211</v>
+      </c>
+      <c r="D523" t="s">
+        <v>1740</v>
+      </c>
+      <c r="E523" t="s">
+        <v>1741</v>
+      </c>
+      <c r="F523" t="s">
+        <v>1667</v>
+      </c>
+      <c r="G523" s="1" t="s">
+        <v>1886</v>
+      </c>
+      <c r="H523" t="s">
+        <v>1887</v>
+      </c>
+    </row>
+    <row r="524" spans="1:8">
+      <c r="A524" t="s">
+        <v>1888</v>
+      </c>
+      <c r="B524" t="s">
+        <v>9</v>
+      </c>
+      <c r="C524" t="s">
+        <v>10</v>
+      </c>
+      <c r="D524" t="s">
+        <v>1889</v>
+      </c>
+      <c r="E524" t="s">
+        <v>1890</v>
+      </c>
+      <c r="F524" t="s">
+        <v>1667</v>
+      </c>
+      <c r="G524" s="1" t="s">
+        <v>1891</v>
+      </c>
+      <c r="H524" t="s">
+        <v>1892</v>
+      </c>
+    </row>
+    <row r="525" spans="1:8">
+      <c r="A525" t="s">
+        <v>1893</v>
+      </c>
+      <c r="B525" t="s">
+        <v>9</v>
+      </c>
+      <c r="C525" t="s">
+        <v>17</v>
+      </c>
+      <c r="D525" t="s">
+        <v>1889</v>
+      </c>
+      <c r="E525" t="s">
+        <v>1890</v>
+      </c>
+      <c r="F525" t="s">
+        <v>1667</v>
+      </c>
+      <c r="G525" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H525" t="s">
+        <v>1892</v>
+      </c>
+    </row>
+    <row r="526" spans="1:8">
+      <c r="A526" t="s">
+        <v>1894</v>
+      </c>
+      <c r="B526" t="s">
+        <v>9</v>
+      </c>
+      <c r="C526" t="s">
+        <v>21</v>
+      </c>
+      <c r="D526" t="s">
+        <v>1889</v>
+      </c>
+      <c r="E526" t="s">
+        <v>1890</v>
+      </c>
+      <c r="F526" t="s">
+        <v>1667</v>
+      </c>
+      <c r="G526" s="1" t="s">
+        <v>1895</v>
+      </c>
+      <c r="H526" t="s">
+        <v>1896</v>
+      </c>
+    </row>
+    <row r="527" spans="1:8">
+      <c r="A527" t="s">
+        <v>1897</v>
+      </c>
+      <c r="B527" t="s">
+        <v>9</v>
+      </c>
+      <c r="C527" t="s">
+        <v>25</v>
+      </c>
+      <c r="D527" t="s">
+        <v>1889</v>
+      </c>
+      <c r="E527" t="s">
+        <v>1890</v>
+      </c>
+      <c r="F527" t="s">
+        <v>1667</v>
+      </c>
+      <c r="G527" s="1" t="s">
+        <v>1898</v>
+      </c>
+      <c r="H527" t="s">
+        <v>1899</v>
+      </c>
+    </row>
+    <row r="528" spans="1:8">
+      <c r="A528" t="s">
+        <v>1900</v>
+      </c>
+      <c r="B528" t="s">
+        <v>9</v>
+      </c>
+      <c r="C528" t="s">
+        <v>10</v>
+      </c>
+      <c r="D528" t="s">
+        <v>1901</v>
+      </c>
+      <c r="E528" t="s">
+        <v>1902</v>
+      </c>
+      <c r="F528" t="s">
+        <v>1667</v>
+      </c>
+      <c r="G528" s="1" t="s">
+        <v>1903</v>
+      </c>
+      <c r="H528" t="s">
+        <v>1904</v>
+      </c>
+    </row>
+    <row r="529" spans="1:8">
+      <c r="A529" t="s">
+        <v>1905</v>
+      </c>
+      <c r="B529" t="s">
+        <v>9</v>
+      </c>
+      <c r="C529" t="s">
+        <v>17</v>
+      </c>
+      <c r="D529" t="s">
+        <v>1901</v>
+      </c>
+      <c r="E529" t="s">
+        <v>1902</v>
+      </c>
+      <c r="F529" t="s">
+        <v>1667</v>
+      </c>
+      <c r="G529" s="1" t="s">
+        <v>1906</v>
+      </c>
+      <c r="H529" t="s">
+        <v>1907</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -16728,50 +20822,157 @@
     <hyperlink ref="G398" r:id="rId397"/>
     <hyperlink ref="G399" r:id="rId398"/>
     <hyperlink ref="G400" r:id="rId399"/>
     <hyperlink ref="G401" r:id="rId400"/>
     <hyperlink ref="G402" r:id="rId401"/>
     <hyperlink ref="G403" r:id="rId402"/>
     <hyperlink ref="G404" r:id="rId403"/>
     <hyperlink ref="G405" r:id="rId404"/>
     <hyperlink ref="G406" r:id="rId405"/>
     <hyperlink ref="G407" r:id="rId406"/>
     <hyperlink ref="G408" r:id="rId407"/>
     <hyperlink ref="G409" r:id="rId408"/>
     <hyperlink ref="G410" r:id="rId409"/>
     <hyperlink ref="G411" r:id="rId410"/>
     <hyperlink ref="G412" r:id="rId411"/>
     <hyperlink ref="G413" r:id="rId412"/>
     <hyperlink ref="G414" r:id="rId413"/>
     <hyperlink ref="G415" r:id="rId414"/>
     <hyperlink ref="G416" r:id="rId415"/>
     <hyperlink ref="G417" r:id="rId416"/>
     <hyperlink ref="G418" r:id="rId417"/>
     <hyperlink ref="G419" r:id="rId418"/>
     <hyperlink ref="G420" r:id="rId419"/>
     <hyperlink ref="G421" r:id="rId420"/>
     <hyperlink ref="G422" r:id="rId421"/>
+    <hyperlink ref="G423" r:id="rId422"/>
+    <hyperlink ref="G424" r:id="rId423"/>
+    <hyperlink ref="G425" r:id="rId424"/>
+    <hyperlink ref="G426" r:id="rId425"/>
+    <hyperlink ref="G427" r:id="rId426"/>
+    <hyperlink ref="G428" r:id="rId427"/>
+    <hyperlink ref="G429" r:id="rId428"/>
+    <hyperlink ref="G430" r:id="rId429"/>
+    <hyperlink ref="G431" r:id="rId430"/>
+    <hyperlink ref="G432" r:id="rId431"/>
+    <hyperlink ref="G433" r:id="rId432"/>
+    <hyperlink ref="G434" r:id="rId433"/>
+    <hyperlink ref="G435" r:id="rId434"/>
+    <hyperlink ref="G436" r:id="rId435"/>
+    <hyperlink ref="G437" r:id="rId436"/>
+    <hyperlink ref="G438" r:id="rId437"/>
+    <hyperlink ref="G439" r:id="rId438"/>
+    <hyperlink ref="G440" r:id="rId439"/>
+    <hyperlink ref="G441" r:id="rId440"/>
+    <hyperlink ref="G442" r:id="rId441"/>
+    <hyperlink ref="G443" r:id="rId442"/>
+    <hyperlink ref="G444" r:id="rId443"/>
+    <hyperlink ref="G445" r:id="rId444"/>
+    <hyperlink ref="G446" r:id="rId445"/>
+    <hyperlink ref="G447" r:id="rId446"/>
+    <hyperlink ref="G448" r:id="rId447"/>
+    <hyperlink ref="G449" r:id="rId448"/>
+    <hyperlink ref="G450" r:id="rId449"/>
+    <hyperlink ref="G451" r:id="rId450"/>
+    <hyperlink ref="G452" r:id="rId451"/>
+    <hyperlink ref="G453" r:id="rId452"/>
+    <hyperlink ref="G454" r:id="rId453"/>
+    <hyperlink ref="G455" r:id="rId454"/>
+    <hyperlink ref="G456" r:id="rId455"/>
+    <hyperlink ref="G457" r:id="rId456"/>
+    <hyperlink ref="G458" r:id="rId457"/>
+    <hyperlink ref="G459" r:id="rId458"/>
+    <hyperlink ref="G460" r:id="rId459"/>
+    <hyperlink ref="G461" r:id="rId460"/>
+    <hyperlink ref="G462" r:id="rId461"/>
+    <hyperlink ref="G463" r:id="rId462"/>
+    <hyperlink ref="G464" r:id="rId463"/>
+    <hyperlink ref="G465" r:id="rId464"/>
+    <hyperlink ref="G466" r:id="rId465"/>
+    <hyperlink ref="G467" r:id="rId466"/>
+    <hyperlink ref="G468" r:id="rId467"/>
+    <hyperlink ref="G469" r:id="rId468"/>
+    <hyperlink ref="G470" r:id="rId469"/>
+    <hyperlink ref="G471" r:id="rId470"/>
+    <hyperlink ref="G472" r:id="rId471"/>
+    <hyperlink ref="G473" r:id="rId472"/>
+    <hyperlink ref="G474" r:id="rId473"/>
+    <hyperlink ref="G475" r:id="rId474"/>
+    <hyperlink ref="G476" r:id="rId475"/>
+    <hyperlink ref="G477" r:id="rId476"/>
+    <hyperlink ref="G478" r:id="rId477"/>
+    <hyperlink ref="G479" r:id="rId478"/>
+    <hyperlink ref="G480" r:id="rId479"/>
+    <hyperlink ref="G481" r:id="rId480"/>
+    <hyperlink ref="G482" r:id="rId481"/>
+    <hyperlink ref="G483" r:id="rId482"/>
+    <hyperlink ref="G484" r:id="rId483"/>
+    <hyperlink ref="G485" r:id="rId484"/>
+    <hyperlink ref="G486" r:id="rId485"/>
+    <hyperlink ref="G487" r:id="rId486"/>
+    <hyperlink ref="G488" r:id="rId487"/>
+    <hyperlink ref="G489" r:id="rId488"/>
+    <hyperlink ref="G490" r:id="rId489"/>
+    <hyperlink ref="G491" r:id="rId490"/>
+    <hyperlink ref="G492" r:id="rId491"/>
+    <hyperlink ref="G493" r:id="rId492"/>
+    <hyperlink ref="G494" r:id="rId493"/>
+    <hyperlink ref="G495" r:id="rId494"/>
+    <hyperlink ref="G496" r:id="rId495"/>
+    <hyperlink ref="G497" r:id="rId496"/>
+    <hyperlink ref="G498" r:id="rId497"/>
+    <hyperlink ref="G499" r:id="rId498"/>
+    <hyperlink ref="G500" r:id="rId499"/>
+    <hyperlink ref="G501" r:id="rId500"/>
+    <hyperlink ref="G502" r:id="rId501"/>
+    <hyperlink ref="G503" r:id="rId502"/>
+    <hyperlink ref="G504" r:id="rId503"/>
+    <hyperlink ref="G505" r:id="rId504"/>
+    <hyperlink ref="G506" r:id="rId505"/>
+    <hyperlink ref="G507" r:id="rId506"/>
+    <hyperlink ref="G508" r:id="rId507"/>
+    <hyperlink ref="G509" r:id="rId508"/>
+    <hyperlink ref="G510" r:id="rId509"/>
+    <hyperlink ref="G511" r:id="rId510"/>
+    <hyperlink ref="G512" r:id="rId511"/>
+    <hyperlink ref="G513" r:id="rId512"/>
+    <hyperlink ref="G514" r:id="rId513"/>
+    <hyperlink ref="G515" r:id="rId514"/>
+    <hyperlink ref="G516" r:id="rId515"/>
+    <hyperlink ref="G517" r:id="rId516"/>
+    <hyperlink ref="G518" r:id="rId517"/>
+    <hyperlink ref="G519" r:id="rId518"/>
+    <hyperlink ref="G520" r:id="rId519"/>
+    <hyperlink ref="G521" r:id="rId520"/>
+    <hyperlink ref="G522" r:id="rId521"/>
+    <hyperlink ref="G523" r:id="rId522"/>
+    <hyperlink ref="G524" r:id="rId523"/>
+    <hyperlink ref="G525" r:id="rId524"/>
+    <hyperlink ref="G526" r:id="rId525"/>
+    <hyperlink ref="G527" r:id="rId526"/>
+    <hyperlink ref="G528" r:id="rId527"/>
+    <hyperlink ref="G529" r:id="rId528"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>